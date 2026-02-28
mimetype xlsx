--- v0 (2026-01-14)
+++ v1 (2026-02-28)
@@ -12,69 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="20094-tur-chetyre-istorii" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>07.03.2026</t>
   </si>
   <si>
     <t>14.03.2026</t>
   </si>
   <si>
     <t>21.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
     <t>18.04.2026</t>
   </si>
   <si>
     <t>25.04.2026</t>
   </si>
   <si>
@@ -92,102 +74,93 @@
   <si>
     <t>30.05.2026</t>
   </si>
   <si>
     <t>06.06.2026</t>
   </si>
   <si>
     <t>13.06.2026</t>
   </si>
   <si>
     <t>20.06.2026</t>
   </si>
   <si>
     <t>27.06.2026</t>
   </si>
   <si>
     <t>"Экватор"</t>
   </si>
   <si>
     <t>стандарт (2-местный)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>93000 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>95700 RUB</t>
   </si>
   <si>
     <t>99700 RUB</t>
   </si>
   <si>
     <t>стандарт (1-местный)</t>
   </si>
   <si>
-    <t>175600 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>177350 RUB</t>
   </si>
   <si>
     <t>185300 RUB</t>
   </si>
   <si>
     <t>Джуниор Сюит (3-местный)</t>
   </si>
   <si>
-    <t>70400 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>72150 RUB</t>
   </si>
   <si>
     <t>74800 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Трансфер аэропорт - отель</t>
   </si>
   <si>
     <t>2700 RUB</t>
   </si>
   <si>
     <t>Трансфер отель - аэропорт</t>
   </si>
   <si>
     <t>2200 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 14.01.2026 22:28, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 01.03.2026 00:58, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -529,85 +502,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X15"/>
+  <dimension ref="A1:R15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A14" sqref="A14:X14"/>
+      <selection activeCell="A14" sqref="A14:R14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:18">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -616,510 +583,396 @@
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="O1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="S1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:18">
+      <c r="A2" s="2" t="s">
         <v>17</v>
-      </c>
-[...18 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
-      <c r="S2" s="2"/>
-[...6 lines deleted...]
-    <row r="3" spans="1:24">
+    </row>
+    <row r="3" spans="1:18">
       <c r="A3" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
-      <c r="S3" s="3"/>
-[...6 lines deleted...]
-    <row r="4" spans="1:24">
+    </row>
+    <row r="4" spans="1:18">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="I4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="J4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="K4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="L4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="M4" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="O4" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="P4" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="Q4" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="R4" t="s">
-        <v>27</v>
-[...20 lines deleted...]
-    <row r="5" spans="1:24">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18">
       <c r="A5" s="3" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
-      <c r="S5" s="3"/>
-[...6 lines deleted...]
-    <row r="6" spans="1:24">
+    </row>
+    <row r="6" spans="1:18">
       <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" t="s">
+        <v>23</v>
+      </c>
+      <c r="H6" t="s">
+        <v>23</v>
+      </c>
+      <c r="I6" t="s">
+        <v>23</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" t="s">
+        <v>23</v>
+      </c>
+      <c r="M6" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O6" t="s">
+        <v>24</v>
+      </c>
+      <c r="P6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>24</v>
+      </c>
+      <c r="R6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18">
+      <c r="A7" s="3" t="s">
         <v>25</v>
-      </c>
-[...72 lines deleted...]
-        <v>33</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
-      <c r="S7" s="3"/>
-[...6 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:18">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="I8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="J8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="P8" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="Q8" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="R8" t="s">
-        <v>35</v>
-[...20 lines deleted...]
-    <row r="9" spans="1:24">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
-      <c r="S9" s="4"/>
-[...6 lines deleted...]
-    <row r="10" spans="1:24">
+    </row>
+    <row r="10" spans="1:18">
       <c r="A10" s="2" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
-      <c r="S10" s="2"/>
-[...6 lines deleted...]
-    <row r="11" spans="1:24">
+    </row>
+    <row r="11" spans="1:18">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:24">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:24">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18">
       <c r="A14" s="1" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
-      <c r="S14" s="1"/>
-[...6 lines deleted...]
-    <row r="15" spans="1:24">
+    </row>
+    <row r="15" spans="1:18">
       <c r="A15" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A15:X15"/>
+    <mergeCell ref="A15:R15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>