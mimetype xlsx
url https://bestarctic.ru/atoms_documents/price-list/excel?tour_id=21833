--- v0 (2025-10-30)
+++ v1 (2026-01-08)
@@ -68,54 +68,54 @@
   <si>
     <t>Ребёнок 5—12 лет на дополнительном месте</t>
   </si>
   <si>
     <t>37500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на основном месте</t>
   </si>
   <si>
     <t>42600 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>39500 RUB</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>52700 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 31.10.2025 00:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 08.01.2026 19:44, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>