--- v0 (2025-11-18)
+++ v1 (2026-01-05)
@@ -41,69 +41,69 @@
   <si>
     <t>27.06.2026</t>
   </si>
   <si>
     <t>04.07.2026</t>
   </si>
   <si>
     <t>18.07.2026</t>
   </si>
   <si>
     <t>01.08.2026</t>
   </si>
   <si>
     <t>15.08.2026</t>
   </si>
   <si>
     <t>Гостевой дом "Кижская благодать"</t>
   </si>
   <si>
     <t>Двухместное размещение</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>29400 RUB</t>
+    <t>35400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 2—14 лет на основном месте</t>
   </si>
   <si>
-    <t>27400 RUB</t>
+    <t>33400 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>32700 RUB</t>
-[...5 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 19.11.2025 03:32, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>39500 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 05.01.2026 10:32, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>