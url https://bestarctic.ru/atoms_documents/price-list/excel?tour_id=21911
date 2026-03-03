--- v1 (2026-01-05)
+++ v2 (2026-03-03)
@@ -59,51 +59,51 @@
   <si>
     <t>Двухместное размещение</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>35400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 2—14 лет на основном месте</t>
   </si>
   <si>
     <t>33400 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>39500 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 05.01.2026 10:32, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 03.03.2026 21:33, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>