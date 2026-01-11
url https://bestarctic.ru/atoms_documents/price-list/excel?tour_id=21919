--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="21919-kizhi-valaam-solovk..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>08.06.2026</t>
   </si>
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>22.06.2026</t>
   </si>
   <si>
     <t>29.06.2026</t>
   </si>
   <si>
     <t>06.07.2026</t>
   </si>
   <si>
     <t>13.07.2026</t>
   </si>
   <si>
     <t>20.07.2026</t>
   </si>
   <si>
     <t>27.07.2026</t>
   </si>
   <si>
@@ -68,93 +68,105 @@
   <si>
     <t>17.08.2026</t>
   </si>
   <si>
     <t>24.08.2026</t>
   </si>
   <si>
     <t>31.08.2026</t>
   </si>
   <si>
     <t>07.09.2026</t>
   </si>
   <si>
     <t>14.09.2026</t>
   </si>
   <si>
     <t>Размещение по туру "Кижи-Валаам-Соловки"</t>
   </si>
   <si>
     <t>Двухместный номер TWIN</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>93900 RUB</t>
+    <t>115150 RUB</t>
+  </si>
+  <si>
+    <t>119600 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>81300 RUB</t>
+    <t>87800 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—12 лет на основном месте</t>
   </si>
   <si>
-    <t>89400 RUB</t>
+    <t>110650 RUB</t>
+  </si>
+  <si>
+    <t>115100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>76800 RUB</t>
+    <t>83300 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на основном месте</t>
   </si>
   <si>
-    <t>91400 RUB</t>
+    <t>112650 RUB</t>
+  </si>
+  <si>
+    <t>117100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>78800 RUB</t>
+    <t>85300 RUB</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
-    <t>117300 RUB</t>
-[...5 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 05.11.2025 02:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>140500 RUB</t>
+  </si>
+  <si>
+    <t>149400 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 23:18, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -636,437 +648,437 @@
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4" t="s">
         <v>18</v>
       </c>
       <c r="I4" t="s">
         <v>18</v>
       </c>
       <c r="J4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="N4" t="s">
         <v>18</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
         <v>18</v>
       </c>
       <c r="Q4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="N5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="P5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="Q5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="O6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="Q6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="L7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="J8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="K8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="L8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="M8" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="Q8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="J9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="L9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="M9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="N9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="O9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="P9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="Q9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="3" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
     </row>
     <row r="11" spans="1:17">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="J11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="M11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="N11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="O11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="P11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
     </row>
     <row r="14" spans="1:17">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A14:Q14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>