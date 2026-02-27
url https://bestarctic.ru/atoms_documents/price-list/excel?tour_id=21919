--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -122,51 +122,51 @@
   <si>
     <t>112650 RUB</t>
   </si>
   <si>
     <t>117100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на дополнительном месте</t>
   </si>
   <si>
     <t>85300 RUB</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>140500 RUB</t>
   </si>
   <si>
     <t>149400 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 23:18, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 27.02.2026 17:29, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>