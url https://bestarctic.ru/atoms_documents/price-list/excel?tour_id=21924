--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -47,93 +47,93 @@
   <si>
     <t>19.07.2026</t>
   </si>
   <si>
     <t>02.08.2026</t>
   </si>
   <si>
     <t>16.08.2026</t>
   </si>
   <si>
     <t>30.08.2026</t>
   </si>
   <si>
     <t>06.09.2026</t>
   </si>
   <si>
     <t>Размещение по туру "Карелия 555"</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>112200 RUB</t>
+    <t>112900 RUB</t>
   </si>
   <si>
     <t>Двухместное размещение в номере</t>
   </si>
   <si>
-    <t>85900 RUB</t>
+    <t>89900 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>66200 RUB</t>
+    <t>73600 RUB</t>
   </si>
   <si>
     <t>Ребёнок 2—12 лет на основном месте</t>
   </si>
   <si>
-    <t>81400 RUB</t>
+    <t>85400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 2—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>61700 RUB</t>
+    <t>69100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на основном месте</t>
   </si>
   <si>
-    <t>83400 RUB</t>
+    <t>87400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>63700 RUB</t>
+    <t>71100 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 08.11.2025 17:57, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 26.12.2025 01:36, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>