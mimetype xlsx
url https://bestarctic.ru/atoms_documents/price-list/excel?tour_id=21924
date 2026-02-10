--- v1 (2025-12-25)
+++ v2 (2026-02-10)
@@ -86,54 +86,54 @@
   <si>
     <t>Ребёнок 2—12 лет на основном месте</t>
   </si>
   <si>
     <t>85400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 2—12 лет на дополнительном месте</t>
   </si>
   <si>
     <t>69100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на основном месте</t>
   </si>
   <si>
     <t>87400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—16 лет на дополнительном месте</t>
   </si>
   <si>
     <t>71100 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 26.12.2025 01:36, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 10.02.2026 08:08, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>