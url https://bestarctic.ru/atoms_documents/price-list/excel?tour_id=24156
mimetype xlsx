--- v0 (2025-11-10)
+++ v1 (2026-01-11)
@@ -35,87 +35,87 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>14.07.2026</t>
   </si>
   <si>
     <t>11.08.2026</t>
   </si>
   <si>
     <t>08.09.2026</t>
   </si>
   <si>
     <t>Размещение по туру "Трасса М18"</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>221500 RUB</t>
+  </si>
+  <si>
+    <t>Двухместный номер</t>
+  </si>
+  <si>
     <t>198900 RUB</t>
   </si>
   <si>
-    <t>Двухместный номер</t>
-[...4 lines deleted...]
-  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>158990 RUB</t>
+    <t>183900 RUB</t>
   </si>
   <si>
     <t>Ребёнок 12—12 лет на основном месте</t>
   </si>
   <si>
-    <t>170700 RUB</t>
+    <t>193400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 12—12 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>154400 RUB</t>
+    <t>178400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 10.11.2025 13:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 15:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>