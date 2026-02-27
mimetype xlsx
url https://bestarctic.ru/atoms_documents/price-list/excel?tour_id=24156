--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -20,102 +20,102 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="24156-trassa-m18-ekspedit..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>14.07.2026</t>
   </si>
   <si>
-    <t>11.08.2026</t>
+    <t>04.08.2026</t>
   </si>
   <si>
     <t>08.09.2026</t>
   </si>
   <si>
     <t>Размещение по туру "Трасса М18"</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>221500 RUB</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
     <t>198900 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>183900 RUB</t>
   </si>
   <si>
     <t>Ребёнок 12—12 лет на основном месте</t>
   </si>
   <si>
     <t>193400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 12—12 лет на дополнительном месте</t>
   </si>
   <si>
     <t>178400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на основном месте</t>
   </si>
   <si>
     <t>Ребёнок 13—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 15:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 27.02.2026 17:29, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>