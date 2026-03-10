--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="24827-tur-morskoj-zapoved..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>12.06.2026</t>
   </si>
   <si>
     <t>26.06.2026</t>
   </si>
   <si>
     <t>03.07.2026</t>
   </si>
   <si>
     <t>10.07.2026</t>
   </si>
   <si>
     <t>17.07.2026</t>
   </si>
   <si>
     <t>24.07.2026</t>
   </si>
   <si>
     <t>31.07.2026</t>
   </si>
   <si>
     <t>07.08.2026</t>
   </si>
   <si>
@@ -98,117 +98,126 @@
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>128250 RUB</t>
   </si>
   <si>
     <t>135800 RUB</t>
   </si>
   <si>
     <t>SMART Люкс (3-местный)</t>
   </si>
   <si>
     <t>111800 RUB</t>
   </si>
   <si>
     <t>113300 RUB</t>
   </si>
   <si>
     <t>"Экватор"</t>
   </si>
   <si>
     <t>стандарт (2-местный)</t>
   </si>
   <si>
-    <t>106850 RUB</t>
-[...2 lines deleted...]
-    <t>108800 RUB</t>
+    <t>105000 RUB</t>
+  </si>
+  <si>
+    <t>108100 RUB</t>
   </si>
   <si>
     <t>стандарт (1-местный)</t>
   </si>
   <si>
-    <t>127050 RUB</t>
-[...2 lines deleted...]
-    <t>129000 RUB</t>
+    <t>123900 RUB</t>
+  </si>
+  <si>
+    <t>130900 RUB</t>
   </si>
   <si>
     <t>Джуниор Сюит (3-местный)</t>
   </si>
   <si>
     <t>105450 RUB</t>
   </si>
   <si>
+    <t>101000 RUB</t>
+  </si>
+  <si>
     <t>106300 RUB</t>
   </si>
   <si>
     <t>"Моряк"</t>
   </si>
   <si>
-    <t>100100 RUB</t>
-[...2 lines deleted...]
-    <t>103600 RUB</t>
+    <t>97550 RUB</t>
+  </si>
+  <si>
+    <t>100300 RUB</t>
+  </si>
+  <si>
+    <t>104000 RUB</t>
   </si>
   <si>
     <t>семейный номер (3-местный)</t>
   </si>
   <si>
-    <t>99100 RUB</t>
-[...5 lines deleted...]
-    <t>115850 RUB</t>
+    <t>95100 RUB</t>
+  </si>
+  <si>
+    <t>97400 RUB</t>
+  </si>
+  <si>
+    <t>112150 RUB</t>
   </si>
   <si>
     <t>122150 RUB</t>
   </si>
   <si>
+    <t>125200 RUB</t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Трансфер аэропорт - отель</t>
   </si>
   <si>
     <t>2700 RUB</t>
   </si>
   <si>
     <t>Трансфер отель - аэропорт</t>
   </si>
   <si>
     <t>2200 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 23.01.2026 22:32, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 11.03.2026 05:15, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1043,414 +1052,414 @@
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
       <c r="I16" s="4"/>
       <c r="J16" s="4"/>
       <c r="K16" s="4"/>
       <c r="L16" s="4"/>
       <c r="M16" s="4"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
       <c r="P16" s="4"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="M19" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="N19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="J21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="K21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L21" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="M21" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="N21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="O21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="P21" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>17</v>
       </c>
       <c r="B23" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C23" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="J23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="K23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="L23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="M23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="N23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="O23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="P23" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
       <c r="I24" s="4"/>
       <c r="J24" s="4"/>
       <c r="K24" s="4"/>
       <c r="L24" s="4"/>
       <c r="M24" s="4"/>
       <c r="N24" s="4"/>
       <c r="O24" s="4"/>
       <c r="P24" s="4"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B26" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A30:P30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>