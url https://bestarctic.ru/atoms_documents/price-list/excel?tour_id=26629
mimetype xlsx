--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -12,67 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="26629-arkhangelsk-zdes-na..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>05.12.2025</t>
   </si>
   <si>
     <t>02.01.2026</t>
   </si>
   <si>
-    <t>03.01.2026</t>
-[...4 lines deleted...]
-  <si>
     <t>06.02.2026</t>
   </si>
   <si>
     <t>20.02.2026</t>
   </si>
   <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>20.03.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>01.05.2026</t>
   </si>
   <si>
     <t>22.05.2026</t>
   </si>
   <si>
     <t>05.06.2026</t>
   </si>
   <si>
     <t>12.06.2026</t>
@@ -284,51 +275,51 @@
   <si>
     <t>35000 RUB</t>
   </si>
   <si>
     <t>33500 RUB</t>
   </si>
   <si>
     <t>43500 RUB</t>
   </si>
   <si>
     <t>27200 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Прогулочный рейс на пароходе "Н.В.Гоголь"</t>
   </si>
   <si>
     <t>1900 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 21.10.2025 10:56, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 05.12.2025 16:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -670,90 +661,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AC47"/>
+  <dimension ref="A1:Z47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A46" sqref="A46:AC46"/>
+      <selection activeCell="A46" sqref="A46:Z46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29">
+    <row r="1" spans="1:26">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -786,2876 +774,2594 @@
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Z1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="AA1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:26">
+      <c r="A2" s="2" t="s">
         <v>25</v>
-      </c>
-[...9 lines deleted...]
-        <v>28</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
-      <c r="AA2" s="2"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:29">
+    </row>
+    <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
-      <c r="AA3" s="3"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:29">
+    </row>
+    <row r="4" spans="1:26">
       <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
         <v>30</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" t="s">
+        <v>30</v>
+      </c>
+      <c r="O4" t="s">
+        <v>30</v>
+      </c>
+      <c r="P4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>30</v>
+      </c>
+      <c r="R4" t="s">
+        <v>30</v>
+      </c>
+      <c r="S4" t="s">
+        <v>30</v>
+      </c>
+      <c r="T4" t="s">
+        <v>30</v>
+      </c>
+      <c r="U4" t="s">
+        <v>30</v>
+      </c>
+      <c r="V4" t="s">
+        <v>30</v>
+      </c>
+      <c r="W4" t="s">
+        <v>30</v>
+      </c>
+      <c r="X4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
+      <c r="A5" t="s">
         <v>31</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="B5" t="s">
         <v>32</v>
       </c>
-      <c r="E4" t="s">
-[...5 lines deleted...]
-      <c r="G4" t="s">
+      <c r="C5" t="s">
         <v>33</v>
       </c>
-      <c r="H4" t="s">
-[...70 lines deleted...]
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" t="s">
+        <v>34</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>34</v>
+      </c>
+      <c r="R5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" t="s">
+        <v>34</v>
+      </c>
+      <c r="T5" t="s">
+        <v>34</v>
+      </c>
+      <c r="U5" t="s">
+        <v>34</v>
+      </c>
+      <c r="V5" t="s">
+        <v>34</v>
+      </c>
+      <c r="W5" t="s">
+        <v>34</v>
+      </c>
+      <c r="X5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26">
+      <c r="A6" t="s">
         <v>35</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="B6" t="s">
         <v>36</v>
       </c>
-      <c r="E5" t="s">
-[...79 lines deleted...]
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>38</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>38</v>
+      </c>
+      <c r="R6" t="s">
+        <v>38</v>
+      </c>
+      <c r="S6" t="s">
+        <v>38</v>
+      </c>
+      <c r="T6" t="s">
+        <v>38</v>
+      </c>
+      <c r="U6" t="s">
+        <v>38</v>
+      </c>
+      <c r="V6" t="s">
+        <v>38</v>
+      </c>
+      <c r="W6" t="s">
+        <v>38</v>
+      </c>
+      <c r="X6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
+      <c r="A7" s="3" t="s">
         <v>39</v>
-      </c>
-[...84 lines deleted...]
-        <v>42</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
-      <c r="AA7" s="3"/>
-[...3 lines deleted...]
-    <row r="8" spans="1:29">
+    </row>
+    <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+      <c r="I8" t="s">
+        <v>42</v>
+      </c>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8" t="s">
+        <v>42</v>
+      </c>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>42</v>
+      </c>
+      <c r="O8" t="s">
+        <v>42</v>
+      </c>
+      <c r="P8" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>42</v>
+      </c>
+      <c r="R8" t="s">
+        <v>42</v>
+      </c>
+      <c r="S8" t="s">
+        <v>42</v>
+      </c>
+      <c r="T8" t="s">
+        <v>42</v>
+      </c>
+      <c r="U8" t="s">
+        <v>42</v>
+      </c>
+      <c r="V8" t="s">
+        <v>42</v>
+      </c>
+      <c r="W8" t="s">
+        <v>42</v>
+      </c>
+      <c r="X8" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>43</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="C9" t="s">
         <v>44</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="D9" t="s">
         <v>45</v>
       </c>
-      <c r="H8" t="s">
+      <c r="E9" t="s">
         <v>45</v>
       </c>
-      <c r="I8" t="s">
+      <c r="F9" t="s">
         <v>45</v>
       </c>
-      <c r="J8" t="s">
+      <c r="G9" t="s">
         <v>45</v>
       </c>
-      <c r="K8" t="s">
+      <c r="H9" t="s">
         <v>45</v>
       </c>
-      <c r="L8" t="s">
+      <c r="I9" t="s">
         <v>45</v>
       </c>
-      <c r="M8" t="s">
+      <c r="J9" t="s">
         <v>45</v>
       </c>
-      <c r="N8" t="s">
+      <c r="K9" t="s">
         <v>45</v>
       </c>
-      <c r="O8" t="s">
+      <c r="L9" t="s">
         <v>45</v>
       </c>
-      <c r="P8" t="s">
+      <c r="M9" t="s">
         <v>45</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="N9" t="s">
         <v>45</v>
       </c>
-      <c r="R8" t="s">
+      <c r="O9" t="s">
         <v>45</v>
       </c>
-      <c r="S8" t="s">
+      <c r="P9" t="s">
         <v>45</v>
       </c>
-      <c r="T8" t="s">
+      <c r="Q9" t="s">
         <v>45</v>
       </c>
-      <c r="U8" t="s">
+      <c r="R9" t="s">
         <v>45</v>
       </c>
-      <c r="V8" t="s">
+      <c r="S9" t="s">
         <v>45</v>
       </c>
-      <c r="W8" t="s">
+      <c r="T9" t="s">
         <v>45</v>
       </c>
-      <c r="X8" t="s">
+      <c r="U9" t="s">
         <v>45</v>
       </c>
-      <c r="Y8" t="s">
+      <c r="V9" t="s">
         <v>45</v>
       </c>
-      <c r="Z8" t="s">
+      <c r="W9" t="s">
         <v>45</v>
       </c>
-      <c r="AA8" t="s">
+      <c r="X9" t="s">
         <v>45</v>
       </c>
-      <c r="AB8" t="s">
+      <c r="Y9" t="s">
         <v>45</v>
       </c>
-      <c r="AC8" t="s">
+      <c r="Z9" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
-[...3 lines deleted...]
-      <c r="B9" t="s">
+    <row r="10" spans="1:26">
+      <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
         <v>46</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="C10" t="s">
         <v>47</v>
       </c>
-      <c r="E9" t="s">
-[...5 lines deleted...]
-      <c r="G9" t="s">
+      <c r="D10" t="s">
         <v>48</v>
       </c>
-      <c r="H9" t="s">
+      <c r="E10" t="s">
         <v>48</v>
       </c>
-      <c r="I9" t="s">
+      <c r="F10" t="s">
         <v>48</v>
       </c>
-      <c r="J9" t="s">
+      <c r="G10" t="s">
         <v>48</v>
       </c>
-      <c r="K9" t="s">
+      <c r="H10" t="s">
         <v>48</v>
       </c>
-      <c r="L9" t="s">
+      <c r="I10" t="s">
         <v>48</v>
       </c>
-      <c r="M9" t="s">
+      <c r="J10" t="s">
         <v>48</v>
       </c>
-      <c r="N9" t="s">
+      <c r="K10" t="s">
         <v>48</v>
       </c>
-      <c r="O9" t="s">
+      <c r="L10" t="s">
         <v>48</v>
       </c>
-      <c r="P9" t="s">
+      <c r="M10" t="s">
         <v>48</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="N10" t="s">
         <v>48</v>
       </c>
-      <c r="R9" t="s">
+      <c r="O10" t="s">
         <v>48</v>
       </c>
-      <c r="S9" t="s">
+      <c r="P10" t="s">
         <v>48</v>
       </c>
-      <c r="T9" t="s">
+      <c r="Q10" t="s">
         <v>48</v>
       </c>
-      <c r="U9" t="s">
+      <c r="R10" t="s">
         <v>48</v>
       </c>
-      <c r="V9" t="s">
+      <c r="S10" t="s">
         <v>48</v>
       </c>
-      <c r="W9" t="s">
+      <c r="T10" t="s">
         <v>48</v>
       </c>
-      <c r="X9" t="s">
+      <c r="U10" t="s">
         <v>48</v>
       </c>
-      <c r="Y9" t="s">
+      <c r="V10" t="s">
         <v>48</v>
       </c>
-      <c r="Z9" t="s">
+      <c r="W10" t="s">
         <v>48</v>
       </c>
-      <c r="AA9" t="s">
+      <c r="X10" t="s">
         <v>48</v>
       </c>
-      <c r="AB9" t="s">
+      <c r="Y10" t="s">
         <v>48</v>
       </c>
-      <c r="AC9" t="s">
+      <c r="Z10" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="10" spans="1:29">
-[...3 lines deleted...]
-      <c r="B10" t="s">
+    <row r="11" spans="1:26">
+      <c r="A11" s="3" t="s">
         <v>49</v>
-      </c>
-[...84 lines deleted...]
-        <v>52</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
-      <c r="AA11" s="3"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:29">
+    </row>
+    <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+      <c r="I12" t="s">
+        <v>52</v>
+      </c>
+      <c r="J12" t="s">
+        <v>52</v>
+      </c>
+      <c r="K12" t="s">
+        <v>52</v>
+      </c>
+      <c r="L12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M12" t="s">
+        <v>52</v>
+      </c>
+      <c r="N12" t="s">
+        <v>52</v>
+      </c>
+      <c r="O12" t="s">
+        <v>52</v>
+      </c>
+      <c r="P12" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>52</v>
+      </c>
+      <c r="R12" t="s">
+        <v>52</v>
+      </c>
+      <c r="S12" t="s">
+        <v>52</v>
+      </c>
+      <c r="T12" t="s">
+        <v>52</v>
+      </c>
+      <c r="U12" t="s">
+        <v>52</v>
+      </c>
+      <c r="V12" t="s">
+        <v>52</v>
+      </c>
+      <c r="W12" t="s">
+        <v>52</v>
+      </c>
+      <c r="X12" t="s">
+        <v>52</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
         <v>53</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="C13" t="s">
         <v>54</v>
       </c>
-      <c r="E12" t="s">
-[...5 lines deleted...]
-      <c r="G12" t="s">
+      <c r="D13" t="s">
         <v>55</v>
       </c>
-      <c r="H12" t="s">
+      <c r="E13" t="s">
         <v>55</v>
       </c>
-      <c r="I12" t="s">
+      <c r="F13" t="s">
         <v>55</v>
       </c>
-      <c r="J12" t="s">
+      <c r="G13" t="s">
         <v>55</v>
       </c>
-      <c r="K12" t="s">
+      <c r="H13" t="s">
         <v>55</v>
       </c>
-      <c r="L12" t="s">
+      <c r="I13" t="s">
         <v>55</v>
       </c>
-      <c r="M12" t="s">
+      <c r="J13" t="s">
         <v>55</v>
       </c>
-      <c r="N12" t="s">
+      <c r="K13" t="s">
         <v>55</v>
       </c>
-      <c r="O12" t="s">
+      <c r="L13" t="s">
         <v>55</v>
       </c>
-      <c r="P12" t="s">
+      <c r="M13" t="s">
         <v>55</v>
       </c>
-      <c r="Q12" t="s">
+      <c r="N13" t="s">
         <v>55</v>
       </c>
-      <c r="R12" t="s">
+      <c r="O13" t="s">
         <v>55</v>
       </c>
-      <c r="S12" t="s">
+      <c r="P13" t="s">
         <v>55</v>
       </c>
-      <c r="T12" t="s">
+      <c r="Q13" t="s">
         <v>55</v>
       </c>
-      <c r="U12" t="s">
+      <c r="R13" t="s">
         <v>55</v>
       </c>
-      <c r="V12" t="s">
+      <c r="S13" t="s">
         <v>55</v>
       </c>
-      <c r="W12" t="s">
+      <c r="T13" t="s">
         <v>55</v>
       </c>
-      <c r="X12" t="s">
+      <c r="U13" t="s">
         <v>55</v>
       </c>
-      <c r="Y12" t="s">
+      <c r="V13" t="s">
         <v>55</v>
       </c>
-      <c r="Z12" t="s">
+      <c r="W13" t="s">
         <v>55</v>
       </c>
-      <c r="AA12" t="s">
+      <c r="X13" t="s">
         <v>55</v>
       </c>
-      <c r="AB12" t="s">
+      <c r="Y13" t="s">
         <v>55</v>
       </c>
-      <c r="AC12" t="s">
+      <c r="Z13" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
-[...3 lines deleted...]
-      <c r="B13" t="s">
+    <row r="14" spans="1:26">
+      <c r="A14" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" t="s">
         <v>56</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="C14" t="s">
         <v>57</v>
       </c>
-      <c r="E13" t="s">
-[...5 lines deleted...]
-      <c r="G13" t="s">
+      <c r="D14" t="s">
         <v>58</v>
       </c>
-      <c r="H13" t="s">
+      <c r="E14" t="s">
         <v>58</v>
       </c>
-      <c r="I13" t="s">
+      <c r="F14" t="s">
         <v>58</v>
       </c>
-      <c r="J13" t="s">
+      <c r="G14" t="s">
         <v>58</v>
       </c>
-      <c r="K13" t="s">
+      <c r="H14" t="s">
         <v>58</v>
       </c>
-      <c r="L13" t="s">
+      <c r="I14" t="s">
         <v>58</v>
       </c>
-      <c r="M13" t="s">
+      <c r="J14" t="s">
         <v>58</v>
       </c>
-      <c r="N13" t="s">
+      <c r="K14" t="s">
         <v>58</v>
       </c>
-      <c r="O13" t="s">
+      <c r="L14" t="s">
         <v>58</v>
       </c>
-      <c r="P13" t="s">
+      <c r="M14" t="s">
         <v>58</v>
       </c>
-      <c r="Q13" t="s">
+      <c r="N14" t="s">
         <v>58</v>
       </c>
-      <c r="R13" t="s">
+      <c r="O14" t="s">
         <v>58</v>
       </c>
-      <c r="S13" t="s">
+      <c r="P14" t="s">
         <v>58</v>
       </c>
-      <c r="T13" t="s">
+      <c r="Q14" t="s">
         <v>58</v>
       </c>
-      <c r="U13" t="s">
+      <c r="R14" t="s">
         <v>58</v>
       </c>
-      <c r="V13" t="s">
+      <c r="S14" t="s">
         <v>58</v>
       </c>
-      <c r="W13" t="s">
+      <c r="T14" t="s">
         <v>58</v>
       </c>
-      <c r="X13" t="s">
+      <c r="U14" t="s">
         <v>58</v>
       </c>
-      <c r="Y13" t="s">
+      <c r="V14" t="s">
         <v>58</v>
       </c>
-      <c r="Z13" t="s">
+      <c r="W14" t="s">
         <v>58</v>
       </c>
-      <c r="AA13" t="s">
+      <c r="X14" t="s">
         <v>58</v>
       </c>
-      <c r="AB13" t="s">
+      <c r="Y14" t="s">
         <v>58</v>
       </c>
-      <c r="AC13" t="s">
+      <c r="Z14" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="14" spans="1:29">
-[...3 lines deleted...]
-      <c r="B14" t="s">
+    <row r="15" spans="1:26">
+      <c r="A15" s="3" t="s">
         <v>59</v>
-      </c>
-[...84 lines deleted...]
-        <v>62</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
       <c r="Z15" s="3"/>
-      <c r="AA15" s="3"/>
-[...3 lines deleted...]
-    <row r="16" spans="1:29">
+    </row>
+    <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
+        <v>60</v>
+      </c>
+      <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" t="s">
+        <v>29</v>
+      </c>
+      <c r="F16" t="s">
+        <v>29</v>
+      </c>
+      <c r="G16" t="s">
+        <v>29</v>
+      </c>
+      <c r="H16" t="s">
+        <v>29</v>
+      </c>
+      <c r="I16" t="s">
+        <v>29</v>
+      </c>
+      <c r="J16" t="s">
+        <v>29</v>
+      </c>
+      <c r="K16" t="s">
+        <v>29</v>
+      </c>
+      <c r="L16" t="s">
+        <v>29</v>
+      </c>
+      <c r="M16" t="s">
+        <v>29</v>
+      </c>
+      <c r="N16" t="s">
+        <v>29</v>
+      </c>
+      <c r="O16" t="s">
+        <v>29</v>
+      </c>
+      <c r="P16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>29</v>
+      </c>
+      <c r="R16" t="s">
+        <v>29</v>
+      </c>
+      <c r="S16" t="s">
+        <v>29</v>
+      </c>
+      <c r="T16" t="s">
+        <v>29</v>
+      </c>
+      <c r="U16" t="s">
+        <v>29</v>
+      </c>
+      <c r="V16" t="s">
+        <v>29</v>
+      </c>
+      <c r="W16" t="s">
+        <v>29</v>
+      </c>
+      <c r="X16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" t="s">
+        <v>60</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H17" t="s">
+        <v>61</v>
+      </c>
+      <c r="I17" t="s">
+        <v>61</v>
+      </c>
+      <c r="J17" t="s">
+        <v>61</v>
+      </c>
+      <c r="K17" t="s">
+        <v>61</v>
+      </c>
+      <c r="L17" t="s">
+        <v>61</v>
+      </c>
+      <c r="M17" t="s">
+        <v>61</v>
+      </c>
+      <c r="N17" t="s">
+        <v>61</v>
+      </c>
+      <c r="O17" t="s">
+        <v>61</v>
+      </c>
+      <c r="P17" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>61</v>
+      </c>
+      <c r="R17" t="s">
+        <v>61</v>
+      </c>
+      <c r="S17" t="s">
+        <v>61</v>
+      </c>
+      <c r="T17" t="s">
+        <v>61</v>
+      </c>
+      <c r="U17" t="s">
+        <v>61</v>
+      </c>
+      <c r="V17" t="s">
+        <v>61</v>
+      </c>
+      <c r="W17" t="s">
+        <v>61</v>
+      </c>
+      <c r="X17" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>61</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" t="s">
+        <v>37</v>
+      </c>
+      <c r="D18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" t="s">
+        <v>37</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>37</v>
+      </c>
+      <c r="M18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>37</v>
+      </c>
+      <c r="P18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>37</v>
+      </c>
+      <c r="R18" t="s">
+        <v>37</v>
+      </c>
+      <c r="S18" t="s">
+        <v>37</v>
+      </c>
+      <c r="T18" t="s">
+        <v>37</v>
+      </c>
+      <c r="U18" t="s">
+        <v>37</v>
+      </c>
+      <c r="V18" t="s">
+        <v>37</v>
+      </c>
+      <c r="W18" t="s">
+        <v>37</v>
+      </c>
+      <c r="X18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" t="s">
         <v>63</v>
       </c>
-      <c r="C16" t="s">
-[...256 lines deleted...]
-      </c>
       <c r="B19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="H19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="I19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="K19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="L19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="M19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="N19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="O19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="P19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="Q19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="R19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="S19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="T19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="U19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="V19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="W19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="X19" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="Y19" t="s">
-        <v>63</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:29">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
       <c r="J20" s="4"/>
       <c r="K20" s="4"/>
       <c r="L20" s="4"/>
       <c r="M20" s="4"/>
       <c r="N20" s="4"/>
       <c r="O20" s="4"/>
       <c r="P20" s="4"/>
       <c r="Q20" s="4"/>
       <c r="R20" s="4"/>
       <c r="S20" s="4"/>
       <c r="T20" s="4"/>
       <c r="U20" s="4"/>
       <c r="V20" s="4"/>
       <c r="W20" s="4"/>
       <c r="X20" s="4"/>
       <c r="Y20" s="4"/>
       <c r="Z20" s="4"/>
-      <c r="AA20" s="4"/>
-[...3 lines deleted...]
-    <row r="21" spans="1:29">
+    </row>
+    <row r="21" spans="1:26">
       <c r="A21" s="2" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
       <c r="S21" s="2"/>
       <c r="T21" s="2"/>
       <c r="U21" s="2"/>
       <c r="V21" s="2"/>
       <c r="W21" s="2"/>
       <c r="X21" s="2"/>
       <c r="Y21" s="2"/>
       <c r="Z21" s="2"/>
-      <c r="AA21" s="2"/>
-[...3 lines deleted...]
-    <row r="22" spans="1:29">
+    </row>
+    <row r="22" spans="1:26">
       <c r="A22" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
-      <c r="AA22" s="3"/>
-[...3 lines deleted...]
-    <row r="23" spans="1:29">
+    </row>
+    <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B23" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
+        <v>66</v>
+      </c>
+      <c r="E23" t="s">
+        <v>66</v>
+      </c>
+      <c r="F23" t="s">
+        <v>66</v>
+      </c>
+      <c r="G23" t="s">
+        <v>66</v>
+      </c>
+      <c r="H23" t="s">
+        <v>66</v>
+      </c>
+      <c r="I23" t="s">
+        <v>66</v>
+      </c>
+      <c r="J23" t="s">
+        <v>66</v>
+      </c>
+      <c r="K23" t="s">
+        <v>66</v>
+      </c>
+      <c r="L23" t="s">
+        <v>66</v>
+      </c>
+      <c r="M23" t="s">
+        <v>66</v>
+      </c>
+      <c r="N23" t="s">
+        <v>66</v>
+      </c>
+      <c r="O23" t="s">
+        <v>66</v>
+      </c>
+      <c r="P23" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>66</v>
+      </c>
+      <c r="R23" t="s">
+        <v>66</v>
+      </c>
+      <c r="S23" t="s">
+        <v>66</v>
+      </c>
+      <c r="T23" t="s">
+        <v>66</v>
+      </c>
+      <c r="U23" t="s">
+        <v>66</v>
+      </c>
+      <c r="V23" t="s">
+        <v>66</v>
+      </c>
+      <c r="W23" t="s">
+        <v>66</v>
+      </c>
+      <c r="X23" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>66</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" t="s">
+        <v>67</v>
+      </c>
+      <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" t="s">
+        <v>37</v>
+      </c>
+      <c r="F24" t="s">
+        <v>37</v>
+      </c>
+      <c r="G24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H24" t="s">
+        <v>37</v>
+      </c>
+      <c r="I24" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" t="s">
+        <v>37</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>37</v>
+      </c>
+      <c r="N24" t="s">
+        <v>37</v>
+      </c>
+      <c r="O24" t="s">
+        <v>37</v>
+      </c>
+      <c r="P24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>37</v>
+      </c>
+      <c r="R24" t="s">
+        <v>37</v>
+      </c>
+      <c r="S24" t="s">
+        <v>37</v>
+      </c>
+      <c r="T24" t="s">
+        <v>37</v>
+      </c>
+      <c r="U24" t="s">
+        <v>37</v>
+      </c>
+      <c r="V24" t="s">
+        <v>37</v>
+      </c>
+      <c r="W24" t="s">
+        <v>37</v>
+      </c>
+      <c r="X24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" t="s">
         <v>68</v>
       </c>
-      <c r="C23" t="s">
-[...11 lines deleted...]
-      <c r="G23" t="s">
+      <c r="C25" t="s">
         <v>69</v>
       </c>
-      <c r="H23" t="s">
-[...70 lines deleted...]
-      <c r="B24" t="s">
+      <c r="D25" t="s">
         <v>70</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E25" t="s">
         <v>70</v>
       </c>
-      <c r="D24" t="s">
-[...93 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="H25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="I25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="J25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="K25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="L25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="M25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="N25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="O25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="P25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="Q25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="R25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="S25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="T25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="U25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="V25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="W25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="X25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="Y25" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="Z25" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:29">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
       <c r="I26" s="4"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
       <c r="L26" s="4"/>
       <c r="M26" s="4"/>
       <c r="N26" s="4"/>
       <c r="O26" s="4"/>
       <c r="P26" s="4"/>
       <c r="Q26" s="4"/>
       <c r="R26" s="4"/>
       <c r="S26" s="4"/>
       <c r="T26" s="4"/>
       <c r="U26" s="4"/>
       <c r="V26" s="4"/>
       <c r="W26" s="4"/>
       <c r="X26" s="4"/>
       <c r="Y26" s="4"/>
       <c r="Z26" s="4"/>
-      <c r="AA26" s="4"/>
-[...3 lines deleted...]
-    <row r="27" spans="1:29">
+    </row>
+    <row r="27" spans="1:26">
       <c r="A27" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
       <c r="O27" s="2"/>
       <c r="P27" s="2"/>
       <c r="Q27" s="2"/>
       <c r="R27" s="2"/>
       <c r="S27" s="2"/>
       <c r="T27" s="2"/>
       <c r="U27" s="2"/>
       <c r="V27" s="2"/>
       <c r="W27" s="2"/>
       <c r="X27" s="2"/>
       <c r="Y27" s="2"/>
       <c r="Z27" s="2"/>
-      <c r="AA27" s="2"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:29">
+    </row>
+    <row r="28" spans="1:26">
       <c r="A28" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
       <c r="R28" s="3"/>
       <c r="S28" s="3"/>
       <c r="T28" s="3"/>
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
-      <c r="AA28" s="3"/>
-[...3 lines deleted...]
-    <row r="29" spans="1:29">
+    </row>
+    <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B29" t="s">
+        <v>28</v>
+      </c>
+      <c r="C29" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" t="s">
+        <v>38</v>
+      </c>
+      <c r="E29" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" t="s">
+        <v>38</v>
+      </c>
+      <c r="G29" t="s">
+        <v>38</v>
+      </c>
+      <c r="H29" t="s">
+        <v>38</v>
+      </c>
+      <c r="I29" t="s">
+        <v>38</v>
+      </c>
+      <c r="J29" t="s">
+        <v>38</v>
+      </c>
+      <c r="K29" t="s">
+        <v>38</v>
+      </c>
+      <c r="L29" t="s">
+        <v>38</v>
+      </c>
+      <c r="M29" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>38</v>
+      </c>
+      <c r="P29" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>38</v>
+      </c>
+      <c r="R29" t="s">
+        <v>38</v>
+      </c>
+      <c r="S29" t="s">
+        <v>38</v>
+      </c>
+      <c r="T29" t="s">
+        <v>38</v>
+      </c>
+      <c r="U29" t="s">
+        <v>38</v>
+      </c>
+      <c r="V29" t="s">
+        <v>38</v>
+      </c>
+      <c r="W29" t="s">
+        <v>38</v>
+      </c>
+      <c r="X29" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
+      <c r="A30" t="s">
         <v>31</v>
       </c>
-      <c r="C29" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C30" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="D30" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="E30" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="F30" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="H30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="I30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="J30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="L30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="M30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="N30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="O30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="P30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="Q30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="R30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="S30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="T30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="U30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="V30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="W30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="X30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="Y30" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="Z30" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-    <row r="31" spans="1:29">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C31" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D31" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="E31" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F31" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="G31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="H31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="I31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="J31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="K31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="L31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="M31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="N31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="O31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="P31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="Q31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="R31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="S31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="T31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="U31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="V31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="W31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="X31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="Y31" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="Z31" t="s">
-        <v>72</v>
-[...11 lines deleted...]
-    <row r="32" spans="1:29">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
       <c r="J32" s="4"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="P32" s="4"/>
       <c r="Q32" s="4"/>
       <c r="R32" s="4"/>
       <c r="S32" s="4"/>
       <c r="T32" s="4"/>
       <c r="U32" s="4"/>
       <c r="V32" s="4"/>
       <c r="W32" s="4"/>
       <c r="X32" s="4"/>
       <c r="Y32" s="4"/>
       <c r="Z32" s="4"/>
-      <c r="AA32" s="4"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:29">
+    </row>
+    <row r="33" spans="1:26">
       <c r="A33" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
       <c r="O33" s="2"/>
       <c r="P33" s="2"/>
       <c r="Q33" s="2"/>
       <c r="R33" s="2"/>
       <c r="S33" s="2"/>
       <c r="T33" s="2"/>
       <c r="U33" s="2"/>
       <c r="V33" s="2"/>
       <c r="W33" s="2"/>
       <c r="X33" s="2"/>
       <c r="Y33" s="2"/>
       <c r="Z33" s="2"/>
-      <c r="AA33" s="2"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:29">
+    </row>
+    <row r="34" spans="1:26">
       <c r="A34" s="3" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
       <c r="P34" s="3"/>
       <c r="Q34" s="3"/>
       <c r="R34" s="3"/>
       <c r="S34" s="3"/>
       <c r="T34" s="3"/>
       <c r="U34" s="3"/>
       <c r="V34" s="3"/>
       <c r="W34" s="3"/>
       <c r="X34" s="3"/>
       <c r="Y34" s="3"/>
       <c r="Z34" s="3"/>
-      <c r="AA34" s="3"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:29">
+    </row>
+    <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B35" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" t="s">
+        <v>29</v>
+      </c>
+      <c r="E35" t="s">
+        <v>29</v>
+      </c>
+      <c r="F35" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" t="s">
+        <v>29</v>
+      </c>
+      <c r="H35" t="s">
+        <v>29</v>
+      </c>
+      <c r="I35" t="s">
+        <v>29</v>
+      </c>
+      <c r="J35" t="s">
+        <v>29</v>
+      </c>
+      <c r="K35" t="s">
+        <v>29</v>
+      </c>
+      <c r="L35" t="s">
+        <v>29</v>
+      </c>
+      <c r="M35" t="s">
+        <v>29</v>
+      </c>
+      <c r="N35" t="s">
+        <v>29</v>
+      </c>
+      <c r="O35" t="s">
+        <v>29</v>
+      </c>
+      <c r="P35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>29</v>
+      </c>
+      <c r="R35" t="s">
+        <v>29</v>
+      </c>
+      <c r="S35" t="s">
+        <v>29</v>
+      </c>
+      <c r="T35" t="s">
+        <v>29</v>
+      </c>
+      <c r="U35" t="s">
+        <v>29</v>
+      </c>
+      <c r="V35" t="s">
+        <v>29</v>
+      </c>
+      <c r="W35" t="s">
+        <v>29</v>
+      </c>
+      <c r="X35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26">
+      <c r="A36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B36" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" t="s">
+        <v>76</v>
+      </c>
+      <c r="D36" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" t="s">
+        <v>47</v>
+      </c>
+      <c r="F36" t="s">
+        <v>47</v>
+      </c>
+      <c r="G36" t="s">
+        <v>47</v>
+      </c>
+      <c r="H36" t="s">
+        <v>47</v>
+      </c>
+      <c r="I36" t="s">
+        <v>47</v>
+      </c>
+      <c r="J36" t="s">
+        <v>47</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36" t="s">
+        <v>47</v>
+      </c>
+      <c r="M36" t="s">
+        <v>47</v>
+      </c>
+      <c r="N36" t="s">
+        <v>47</v>
+      </c>
+      <c r="O36" t="s">
+        <v>47</v>
+      </c>
+      <c r="P36" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>47</v>
+      </c>
+      <c r="R36" t="s">
+        <v>47</v>
+      </c>
+      <c r="S36" t="s">
+        <v>47</v>
+      </c>
+      <c r="T36" t="s">
+        <v>47</v>
+      </c>
+      <c r="U36" t="s">
+        <v>47</v>
+      </c>
+      <c r="V36" t="s">
+        <v>47</v>
+      </c>
+      <c r="W36" t="s">
+        <v>47</v>
+      </c>
+      <c r="X36" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26">
+      <c r="A37" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
       </c>
-      <c r="C35" t="s">
-[...176 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="D37" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="E37" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="F37" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="G37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="H37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="I37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="J37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="M37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="N37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="O37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="P37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="Q37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="R37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="S37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="T37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="U37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="V37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="W37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="X37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="Y37" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="Z37" t="s">
-        <v>40</v>
-[...11 lines deleted...]
-    <row r="38" spans="1:29">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26">
       <c r="A38" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
       <c r="P38" s="3"/>
       <c r="Q38" s="3"/>
       <c r="R38" s="3"/>
       <c r="S38" s="3"/>
       <c r="T38" s="3"/>
       <c r="U38" s="3"/>
       <c r="V38" s="3"/>
       <c r="W38" s="3"/>
       <c r="X38" s="3"/>
       <c r="Y38" s="3"/>
       <c r="Z38" s="3"/>
-      <c r="AA38" s="3"/>
-[...3 lines deleted...]
-    <row r="39" spans="1:29">
+    </row>
+    <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B39" t="s">
+        <v>78</v>
+      </c>
+      <c r="C39" t="s">
+        <v>33</v>
+      </c>
+      <c r="D39" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" t="s">
+        <v>79</v>
+      </c>
+      <c r="G39" t="s">
+        <v>79</v>
+      </c>
+      <c r="H39" t="s">
+        <v>79</v>
+      </c>
+      <c r="I39" t="s">
+        <v>79</v>
+      </c>
+      <c r="J39" t="s">
+        <v>79</v>
+      </c>
+      <c r="K39" t="s">
+        <v>79</v>
+      </c>
+      <c r="L39" t="s">
+        <v>79</v>
+      </c>
+      <c r="M39" t="s">
+        <v>79</v>
+      </c>
+      <c r="N39" t="s">
+        <v>79</v>
+      </c>
+      <c r="O39" t="s">
+        <v>79</v>
+      </c>
+      <c r="P39" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>79</v>
+      </c>
+      <c r="R39" t="s">
+        <v>79</v>
+      </c>
+      <c r="S39" t="s">
+        <v>79</v>
+      </c>
+      <c r="T39" t="s">
+        <v>79</v>
+      </c>
+      <c r="U39" t="s">
+        <v>79</v>
+      </c>
+      <c r="V39" t="s">
+        <v>79</v>
+      </c>
+      <c r="W39" t="s">
+        <v>79</v>
+      </c>
+      <c r="X39" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>79</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26">
+      <c r="A40" t="s">
+        <v>31</v>
+      </c>
+      <c r="B40" t="s">
+        <v>80</v>
+      </c>
+      <c r="C40" t="s">
         <v>81</v>
       </c>
-      <c r="C39" t="s">
-[...11 lines deleted...]
-      <c r="G39" t="s">
+      <c r="D40" t="s">
+        <v>51</v>
+      </c>
+      <c r="E40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H40" t="s">
+        <v>51</v>
+      </c>
+      <c r="I40" t="s">
+        <v>51</v>
+      </c>
+      <c r="J40" t="s">
+        <v>51</v>
+      </c>
+      <c r="K40" t="s">
+        <v>51</v>
+      </c>
+      <c r="L40" t="s">
+        <v>51</v>
+      </c>
+      <c r="M40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O40" t="s">
+        <v>51</v>
+      </c>
+      <c r="P40" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>51</v>
+      </c>
+      <c r="R40" t="s">
+        <v>51</v>
+      </c>
+      <c r="S40" t="s">
+        <v>51</v>
+      </c>
+      <c r="T40" t="s">
+        <v>51</v>
+      </c>
+      <c r="U40" t="s">
+        <v>51</v>
+      </c>
+      <c r="V40" t="s">
+        <v>51</v>
+      </c>
+      <c r="W40" t="s">
+        <v>51</v>
+      </c>
+      <c r="X40" t="s">
+        <v>51</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>51</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26">
+      <c r="A41" t="s">
+        <v>35</v>
+      </c>
+      <c r="B41" t="s">
         <v>82</v>
       </c>
-      <c r="H39" t="s">
-[...161 lines deleted...]
-      </c>
       <c r="C41" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="D41" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="E41" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F41" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="H41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="J41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="K41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="M41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="N41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="O41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="P41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="Q41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="R41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="S41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="T41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="U41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="V41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="W41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="X41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="Y41" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="Z41" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-    <row r="42" spans="1:29">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
       <c r="I42" s="4"/>
       <c r="J42" s="4"/>
       <c r="K42" s="4"/>
       <c r="L42" s="4"/>
       <c r="M42" s="4"/>
       <c r="N42" s="4"/>
       <c r="O42" s="4"/>
       <c r="P42" s="4"/>
       <c r="Q42" s="4"/>
       <c r="R42" s="4"/>
       <c r="S42" s="4"/>
       <c r="T42" s="4"/>
       <c r="U42" s="4"/>
       <c r="V42" s="4"/>
       <c r="W42" s="4"/>
       <c r="X42" s="4"/>
       <c r="Y42" s="4"/>
       <c r="Z42" s="4"/>
-      <c r="AA42" s="4"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:29">
+    </row>
+    <row r="43" spans="1:26">
       <c r="A43" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
       <c r="L43" s="2"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
       <c r="V43" s="2"/>
       <c r="W43" s="2"/>
       <c r="X43" s="2"/>
       <c r="Y43" s="2"/>
       <c r="Z43" s="2"/>
-      <c r="AA43" s="2"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:29">
+    </row>
+    <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B44" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:29">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26">
       <c r="A46" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
       <c r="O46" s="1"/>
       <c r="P46" s="1"/>
       <c r="Q46" s="1"/>
       <c r="R46" s="1"/>
       <c r="S46" s="1"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="X46" s="1"/>
       <c r="Y46" s="1"/>
       <c r="Z46" s="1"/>
-      <c r="AA46" s="1"/>
-[...3 lines deleted...]
-    <row r="47" spans="1:29">
+    </row>
+    <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A47:AC47"/>
+    <mergeCell ref="A47:Z47"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>