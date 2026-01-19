--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -12,57 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="26629-arkhangelsk-zdes-na..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>06.02.2026</t>
   </si>
   <si>
     <t>20.02.2026</t>
   </si>
   <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>20.03.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>01.05.2026</t>
   </si>
   <si>
     <t>22.05.2026</t>
   </si>
   <si>
     <t>05.06.2026</t>
   </si>
   <si>
@@ -98,228 +92,144 @@
   <si>
     <t>04.09.2026</t>
   </si>
   <si>
     <t>18.09.2026</t>
   </si>
   <si>
     <t>02.10.2026</t>
   </si>
   <si>
     <t>06.11.2026</t>
   </si>
   <si>
     <t>04.12.2026</t>
   </si>
   <si>
     <t>Гостиница "Двина"</t>
   </si>
   <si>
     <t xml:space="preserve">Стандарт </t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>24500 RUB</t>
+    <t>30500 RUB</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
+    <t>34500 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 7—12 лет на основном месте</t>
+  </si>
+  <si>
+    <t>30000 RUB</t>
+  </si>
+  <si>
+    <t>Стандарт двухкомнатный</t>
+  </si>
+  <si>
+    <t>36500 RUB</t>
+  </si>
+  <si>
+    <t>42000 RUB</t>
+  </si>
+  <si>
+    <t>36000 RUB</t>
+  </si>
+  <si>
+    <t>Комфорт двухкомнатный</t>
+  </si>
+  <si>
+    <t>39500 RUB</t>
+  </si>
+  <si>
+    <t>47000 RUB</t>
+  </si>
+  <si>
+    <t>39000 RUB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комфорт </t>
   </si>
   <si>
     <t>32500 RUB</t>
   </si>
   <si>
-    <t>30500 RUB</t>
-[...17 lines deleted...]
-    <t>24000 RUB</t>
+    <t>37500 RUB</t>
   </si>
   <si>
     <t>32000 RUB</t>
   </si>
   <si>
-    <t>30000 RUB</t>
-[...23 lines deleted...]
-    <t>26000 RUB</t>
+    <t>Столица Поморья</t>
+  </si>
+  <si>
+    <t>28000 RUB</t>
+  </si>
+  <si>
+    <t>27500 RUB</t>
+  </si>
+  <si>
+    <t>Пур-Наволок Отель</t>
+  </si>
+  <si>
+    <t>34000 RUB</t>
+  </si>
+  <si>
+    <t>29500 RUB</t>
+  </si>
+  <si>
+    <t>Новотель</t>
   </si>
   <si>
     <t>38000 RUB</t>
   </si>
   <si>
-    <t>36000 RUB</t>
-[...5 lines deleted...]
-    <t>28800 RUB</t>
+    <t>35000 RUB</t>
   </si>
   <si>
     <t>41500 RUB</t>
   </si>
   <si>
-    <t>39500 RUB</t>
-[...91 lines deleted...]
-  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Прогулочный рейс на пароходе "Н.В.Гоголь"</t>
   </si>
   <si>
     <t>1900 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 05.12.2025 16:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 00:02, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -661,87 +571,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z47"/>
+  <dimension ref="A1:X46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A46" sqref="A46:Z46"/>
+      <selection activeCell="A45" sqref="A45:X45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26">
+    <row r="1" spans="1:24">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -768,2600 +676,2340 @@
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="Y1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:24">
+      <c r="A2" s="2" t="s">
         <v>23</v>
-      </c>
-[...6 lines deleted...]
-        <v>25</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
-      <c r="Y2" s="2"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:26">
+    </row>
+    <row r="3" spans="1:24">
       <c r="A3" s="3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
-      <c r="Y3" s="3"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:26">
+    </row>
+    <row r="4" spans="1:24">
       <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>26</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
+        <v>26</v>
+      </c>
+      <c r="K4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L4" t="s">
+        <v>26</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>26</v>
+      </c>
+      <c r="P4" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>26</v>
+      </c>
+      <c r="R4" t="s">
+        <v>26</v>
+      </c>
+      <c r="S4" t="s">
+        <v>26</v>
+      </c>
+      <c r="T4" t="s">
+        <v>26</v>
+      </c>
+      <c r="U4" t="s">
+        <v>26</v>
+      </c>
+      <c r="V4" t="s">
+        <v>26</v>
+      </c>
+      <c r="W4" t="s">
+        <v>26</v>
+      </c>
+      <c r="X4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24">
+      <c r="A5" t="s">
         <v>27</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5" t="s">
+        <v>28</v>
+      </c>
+      <c r="M5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R5" t="s">
+        <v>28</v>
+      </c>
+      <c r="S5" t="s">
+        <v>28</v>
+      </c>
+      <c r="T5" t="s">
+        <v>28</v>
+      </c>
+      <c r="U5" t="s">
+        <v>28</v>
+      </c>
+      <c r="V5" t="s">
+        <v>28</v>
+      </c>
+      <c r="W5" t="s">
+        <v>28</v>
+      </c>
+      <c r="X5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24">
+      <c r="A6" t="s">
         <v>29</v>
       </c>
-      <c r="D4" t="s">
-[...70 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>30</v>
+      </c>
+      <c r="I6" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" t="s">
+        <v>30</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M6" t="s">
+        <v>30</v>
+      </c>
+      <c r="N6" t="s">
+        <v>30</v>
+      </c>
+      <c r="O6" t="s">
+        <v>30</v>
+      </c>
+      <c r="P6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R6" t="s">
+        <v>30</v>
+      </c>
+      <c r="S6" t="s">
+        <v>30</v>
+      </c>
+      <c r="T6" t="s">
+        <v>30</v>
+      </c>
+      <c r="U6" t="s">
+        <v>30</v>
+      </c>
+      <c r="V6" t="s">
+        <v>30</v>
+      </c>
+      <c r="W6" t="s">
+        <v>30</v>
+      </c>
+      <c r="X6" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24">
+      <c r="A7" s="3" t="s">
         <v>31</v>
-      </c>
-[...158 lines deleted...]
-        <v>39</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
-      <c r="Y7" s="3"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:26">
+    </row>
+    <row r="8" spans="1:24">
       <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8" t="s">
+        <v>32</v>
+      </c>
+      <c r="I8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
+        <v>32</v>
+      </c>
+      <c r="L8" t="s">
+        <v>32</v>
+      </c>
+      <c r="M8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" t="s">
+        <v>32</v>
+      </c>
+      <c r="P8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>32</v>
+      </c>
+      <c r="R8" t="s">
+        <v>32</v>
+      </c>
+      <c r="S8" t="s">
+        <v>32</v>
+      </c>
+      <c r="T8" t="s">
+        <v>32</v>
+      </c>
+      <c r="U8" t="s">
+        <v>32</v>
+      </c>
+      <c r="V8" t="s">
+        <v>32</v>
+      </c>
+      <c r="W8" t="s">
+        <v>32</v>
+      </c>
+      <c r="X8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B8" t="s">
-[...78 lines deleted...]
-      </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="G9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="J9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="K9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="L9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="N9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="O9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="P9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="Q9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="R9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="S9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="T9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="U9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="V9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="W9" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="X9" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:26">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24">
       <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10" t="s">
+        <v>34</v>
+      </c>
+      <c r="I10" t="s">
+        <v>34</v>
+      </c>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>34</v>
+      </c>
+      <c r="M10" t="s">
+        <v>34</v>
+      </c>
+      <c r="N10" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" t="s">
+        <v>34</v>
+      </c>
+      <c r="P10" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>34</v>
+      </c>
+      <c r="R10" t="s">
+        <v>34</v>
+      </c>
+      <c r="S10" t="s">
+        <v>34</v>
+      </c>
+      <c r="T10" t="s">
+        <v>34</v>
+      </c>
+      <c r="U10" t="s">
+        <v>34</v>
+      </c>
+      <c r="V10" t="s">
+        <v>34</v>
+      </c>
+      <c r="W10" t="s">
+        <v>34</v>
+      </c>
+      <c r="X10" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
+      <c r="A11" s="3" t="s">
         <v>35</v>
-      </c>
-[...78 lines deleted...]
-        <v>49</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
-      <c r="Y11" s="3"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:26">
+    </row>
+    <row r="12" spans="1:24">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" t="s">
+        <v>36</v>
+      </c>
+      <c r="I12" t="s">
+        <v>36</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>36</v>
+      </c>
+      <c r="P12" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>36</v>
+      </c>
+      <c r="R12" t="s">
+        <v>36</v>
+      </c>
+      <c r="S12" t="s">
+        <v>36</v>
+      </c>
+      <c r="T12" t="s">
+        <v>36</v>
+      </c>
+      <c r="U12" t="s">
+        <v>36</v>
+      </c>
+      <c r="V12" t="s">
+        <v>36</v>
+      </c>
+      <c r="W12" t="s">
+        <v>36</v>
+      </c>
+      <c r="X12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:24">
+      <c r="A13" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...78 lines deleted...]
-      </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="I13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="J13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="K13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="M13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="O13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="P13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="Q13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="R13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="S13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="T13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="U13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="V13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="W13" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="X13" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:26">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="H14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="I14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="J14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="K14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="L14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="M14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="N14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="P14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="Q14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="R14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="S14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="T14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="U14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="V14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="W14" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="X14" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:26">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="3" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
-      <c r="Y15" s="3"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:26">
+    </row>
+    <row r="16" spans="1:24">
       <c r="A16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16" t="s">
+        <v>40</v>
+      </c>
+      <c r="I16" t="s">
+        <v>40</v>
+      </c>
+      <c r="J16" t="s">
+        <v>40</v>
+      </c>
+      <c r="K16" t="s">
+        <v>40</v>
+      </c>
+      <c r="L16" t="s">
+        <v>40</v>
+      </c>
+      <c r="M16" t="s">
+        <v>40</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>40</v>
+      </c>
+      <c r="P16" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>40</v>
+      </c>
+      <c r="R16" t="s">
+        <v>40</v>
+      </c>
+      <c r="S16" t="s">
+        <v>40</v>
+      </c>
+      <c r="T16" t="s">
+        <v>40</v>
+      </c>
+      <c r="U16" t="s">
+        <v>40</v>
+      </c>
+      <c r="V16" t="s">
+        <v>40</v>
+      </c>
+      <c r="W16" t="s">
+        <v>40</v>
+      </c>
+      <c r="X16" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
+      <c r="A17" t="s">
         <v>27</v>
       </c>
-      <c r="B16" t="s">
-[...5 lines deleted...]
-      <c r="D16" t="s">
+      <c r="B17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F17" t="s">
+        <v>41</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17" t="s">
+        <v>41</v>
+      </c>
+      <c r="I17" t="s">
+        <v>41</v>
+      </c>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>41</v>
+      </c>
+      <c r="L17" t="s">
+        <v>41</v>
+      </c>
+      <c r="M17" t="s">
+        <v>41</v>
+      </c>
+      <c r="N17" t="s">
+        <v>41</v>
+      </c>
+      <c r="O17" t="s">
+        <v>41</v>
+      </c>
+      <c r="P17" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>41</v>
+      </c>
+      <c r="R17" t="s">
+        <v>41</v>
+      </c>
+      <c r="S17" t="s">
+        <v>41</v>
+      </c>
+      <c r="T17" t="s">
+        <v>41</v>
+      </c>
+      <c r="U17" t="s">
+        <v>41</v>
+      </c>
+      <c r="V17" t="s">
+        <v>41</v>
+      </c>
+      <c r="W17" t="s">
+        <v>41</v>
+      </c>
+      <c r="X17" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
+      <c r="A18" t="s">
         <v>29</v>
       </c>
-      <c r="E16" t="s">
-[...149 lines deleted...]
-      </c>
       <c r="B18" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="J18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="K18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="L18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="M18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="N18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="O18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="P18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="Q18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="R18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="S18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="T18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="U18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="W18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="X18" t="s">
-        <v>37</v>
-[...170 lines deleted...]
-    <row r="23" spans="1:26">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
+      <c r="A19" s="4"/>
+      <c r="B19" s="4"/>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="4"/>
+      <c r="I19" s="4"/>
+      <c r="J19" s="4"/>
+      <c r="K19" s="4"/>
+      <c r="L19" s="4"/>
+      <c r="M19" s="4"/>
+      <c r="N19" s="4"/>
+      <c r="O19" s="4"/>
+      <c r="P19" s="4"/>
+      <c r="Q19" s="4"/>
+      <c r="R19" s="4"/>
+      <c r="S19" s="4"/>
+      <c r="T19" s="4"/>
+      <c r="U19" s="4"/>
+      <c r="V19" s="4"/>
+      <c r="W19" s="4"/>
+      <c r="X19" s="4"/>
+    </row>
+    <row r="20" spans="1:24">
+      <c r="A20" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="2"/>
+      <c r="M20" s="2"/>
+      <c r="N20" s="2"/>
+      <c r="O20" s="2"/>
+      <c r="P20" s="2"/>
+      <c r="Q20" s="2"/>
+      <c r="R20" s="2"/>
+      <c r="S20" s="2"/>
+      <c r="T20" s="2"/>
+      <c r="U20" s="2"/>
+      <c r="V20" s="2"/>
+      <c r="W20" s="2"/>
+      <c r="X20" s="2"/>
+    </row>
+    <row r="21" spans="1:24">
+      <c r="A21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3"/>
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3"/>
+      <c r="Q21" s="3"/>
+      <c r="R21" s="3"/>
+      <c r="S21" s="3"/>
+      <c r="T21" s="3"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="3"/>
+      <c r="W21" s="3"/>
+      <c r="X21" s="3"/>
+    </row>
+    <row r="22" spans="1:24">
+      <c r="A22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B22" t="s">
+        <v>44</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22" t="s">
+        <v>44</v>
+      </c>
+      <c r="I22" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" t="s">
+        <v>44</v>
+      </c>
+      <c r="L22" t="s">
+        <v>44</v>
+      </c>
+      <c r="M22" t="s">
+        <v>44</v>
+      </c>
+      <c r="N22" t="s">
+        <v>44</v>
+      </c>
+      <c r="O22" t="s">
+        <v>44</v>
+      </c>
+      <c r="P22" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>44</v>
+      </c>
+      <c r="R22" t="s">
+        <v>44</v>
+      </c>
+      <c r="S22" t="s">
+        <v>44</v>
+      </c>
+      <c r="T22" t="s">
+        <v>44</v>
+      </c>
+      <c r="U22" t="s">
+        <v>44</v>
+      </c>
+      <c r="V22" t="s">
+        <v>44</v>
+      </c>
+      <c r="W22" t="s">
+        <v>44</v>
+      </c>
+      <c r="X22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" t="s">
         <v>27</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="E23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="G23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="H23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="I23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="J23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="K23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="L23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="M23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="N23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="O23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="P23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="Q23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="R23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="S23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="T23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="U23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="V23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="W23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="X23" t="s">
-        <v>66</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:26">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="C24" t="s">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="H24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="I24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="J24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="K24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="L24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="M24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="N24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="O24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="P24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="Q24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="R24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="S24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="T24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="U24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="V24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="W24" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="X24" t="s">
-        <v>37</v>
-[...176 lines deleted...]
-    <row r="29" spans="1:26">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
+      <c r="A25" s="4"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="4"/>
+      <c r="G25" s="4"/>
+      <c r="H25" s="4"/>
+      <c r="I25" s="4"/>
+      <c r="J25" s="4"/>
+      <c r="K25" s="4"/>
+      <c r="L25" s="4"/>
+      <c r="M25" s="4"/>
+      <c r="N25" s="4"/>
+      <c r="O25" s="4"/>
+      <c r="P25" s="4"/>
+      <c r="Q25" s="4"/>
+      <c r="R25" s="4"/>
+      <c r="S25" s="4"/>
+      <c r="T25" s="4"/>
+      <c r="U25" s="4"/>
+      <c r="V25" s="4"/>
+      <c r="W25" s="4"/>
+      <c r="X25" s="4"/>
+    </row>
+    <row r="26" spans="1:24">
+      <c r="A26" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
+      <c r="N26" s="2"/>
+      <c r="O26" s="2"/>
+      <c r="P26" s="2"/>
+      <c r="Q26" s="2"/>
+      <c r="R26" s="2"/>
+      <c r="S26" s="2"/>
+      <c r="T26" s="2"/>
+      <c r="U26" s="2"/>
+      <c r="V26" s="2"/>
+      <c r="W26" s="2"/>
+      <c r="X26" s="2"/>
+    </row>
+    <row r="27" spans="1:24">
+      <c r="A27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="3"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+    </row>
+    <row r="28" spans="1:24">
+      <c r="A28" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" t="s">
+        <v>30</v>
+      </c>
+      <c r="C28" t="s">
+        <v>30</v>
+      </c>
+      <c r="D28" t="s">
+        <v>30</v>
+      </c>
+      <c r="E28" t="s">
+        <v>30</v>
+      </c>
+      <c r="F28" t="s">
+        <v>30</v>
+      </c>
+      <c r="G28" t="s">
+        <v>30</v>
+      </c>
+      <c r="H28" t="s">
+        <v>30</v>
+      </c>
+      <c r="I28" t="s">
+        <v>30</v>
+      </c>
+      <c r="J28" t="s">
+        <v>30</v>
+      </c>
+      <c r="K28" t="s">
+        <v>30</v>
+      </c>
+      <c r="L28" t="s">
+        <v>30</v>
+      </c>
+      <c r="M28" t="s">
+        <v>30</v>
+      </c>
+      <c r="N28" t="s">
+        <v>30</v>
+      </c>
+      <c r="O28" t="s">
+        <v>30</v>
+      </c>
+      <c r="P28" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>30</v>
+      </c>
+      <c r="R28" t="s">
+        <v>30</v>
+      </c>
+      <c r="S28" t="s">
+        <v>30</v>
+      </c>
+      <c r="T28" t="s">
+        <v>30</v>
+      </c>
+      <c r="U28" t="s">
+        <v>30</v>
+      </c>
+      <c r="V28" t="s">
+        <v>30</v>
+      </c>
+      <c r="W28" t="s">
+        <v>30</v>
+      </c>
+      <c r="X28" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" t="s">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="C29" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="G29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="H29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="I29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="J29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="L29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="M29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="N29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="O29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="P29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="Q29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="R29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="S29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="T29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="U29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="V29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="W29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="X29" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-    <row r="30" spans="1:26">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="C30" t="s">
         <v>48</v>
       </c>
       <c r="D30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="E30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="F30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="G30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="H30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="I30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="J30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="K30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="L30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="M30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="N30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="O30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="P30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="Q30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="R30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="S30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="T30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="U30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="V30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="W30" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="X30" t="s">
-        <v>62</v>
-[...176 lines deleted...]
-    <row r="35" spans="1:26">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
+      <c r="A31" s="4"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4"/>
+      <c r="I31" s="4"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="P31" s="4"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="4"/>
+      <c r="S31" s="4"/>
+      <c r="T31" s="4"/>
+      <c r="U31" s="4"/>
+      <c r="V31" s="4"/>
+      <c r="W31" s="4"/>
+      <c r="X31" s="4"/>
+    </row>
+    <row r="32" spans="1:24">
+      <c r="A32" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
+      <c r="J32" s="2"/>
+      <c r="K32" s="2"/>
+      <c r="L32" s="2"/>
+      <c r="M32" s="2"/>
+      <c r="N32" s="2"/>
+      <c r="O32" s="2"/>
+      <c r="P32" s="2"/>
+      <c r="Q32" s="2"/>
+      <c r="R32" s="2"/>
+      <c r="S32" s="2"/>
+      <c r="T32" s="2"/>
+      <c r="U32" s="2"/>
+      <c r="V32" s="2"/>
+      <c r="W32" s="2"/>
+      <c r="X32" s="2"/>
+    </row>
+    <row r="33" spans="1:24">
+      <c r="A33" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" s="3"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="3"/>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="3"/>
+      <c r="I33" s="3"/>
+      <c r="J33" s="3"/>
+      <c r="K33" s="3"/>
+      <c r="L33" s="3"/>
+      <c r="M33" s="3"/>
+      <c r="N33" s="3"/>
+      <c r="O33" s="3"/>
+      <c r="P33" s="3"/>
+      <c r="Q33" s="3"/>
+      <c r="R33" s="3"/>
+      <c r="S33" s="3"/>
+      <c r="T33" s="3"/>
+      <c r="U33" s="3"/>
+      <c r="V33" s="3"/>
+      <c r="W33" s="3"/>
+      <c r="X33" s="3"/>
+    </row>
+    <row r="34" spans="1:24">
+      <c r="A34" t="s">
+        <v>25</v>
+      </c>
+      <c r="B34" t="s">
+        <v>40</v>
+      </c>
+      <c r="C34" t="s">
+        <v>40</v>
+      </c>
+      <c r="D34" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" t="s">
+        <v>40</v>
+      </c>
+      <c r="F34" t="s">
+        <v>40</v>
+      </c>
+      <c r="G34" t="s">
+        <v>40</v>
+      </c>
+      <c r="H34" t="s">
+        <v>40</v>
+      </c>
+      <c r="I34" t="s">
+        <v>40</v>
+      </c>
+      <c r="J34" t="s">
+        <v>40</v>
+      </c>
+      <c r="K34" t="s">
+        <v>40</v>
+      </c>
+      <c r="L34" t="s">
+        <v>40</v>
+      </c>
+      <c r="M34" t="s">
+        <v>40</v>
+      </c>
+      <c r="N34" t="s">
+        <v>40</v>
+      </c>
+      <c r="O34" t="s">
+        <v>40</v>
+      </c>
+      <c r="P34" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>40</v>
+      </c>
+      <c r="R34" t="s">
+        <v>40</v>
+      </c>
+      <c r="S34" t="s">
+        <v>40</v>
+      </c>
+      <c r="T34" t="s">
+        <v>40</v>
+      </c>
+      <c r="U34" t="s">
+        <v>40</v>
+      </c>
+      <c r="V34" t="s">
+        <v>40</v>
+      </c>
+      <c r="W34" t="s">
+        <v>40</v>
+      </c>
+      <c r="X34" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" t="s">
         <v>27</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="C35" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="D35" t="s">
+        <v>50</v>
+      </c>
+      <c r="E35" t="s">
+        <v>50</v>
+      </c>
+      <c r="F35" t="s">
+        <v>50</v>
+      </c>
+      <c r="G35" t="s">
+        <v>50</v>
+      </c>
+      <c r="H35" t="s">
+        <v>50</v>
+      </c>
+      <c r="I35" t="s">
+        <v>50</v>
+      </c>
+      <c r="J35" t="s">
+        <v>50</v>
+      </c>
+      <c r="K35" t="s">
+        <v>50</v>
+      </c>
+      <c r="L35" t="s">
+        <v>50</v>
+      </c>
+      <c r="M35" t="s">
+        <v>50</v>
+      </c>
+      <c r="N35" t="s">
+        <v>50</v>
+      </c>
+      <c r="O35" t="s">
+        <v>50</v>
+      </c>
+      <c r="P35" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>50</v>
+      </c>
+      <c r="R35" t="s">
+        <v>50</v>
+      </c>
+      <c r="S35" t="s">
+        <v>50</v>
+      </c>
+      <c r="T35" t="s">
+        <v>50</v>
+      </c>
+      <c r="U35" t="s">
+        <v>50</v>
+      </c>
+      <c r="V35" t="s">
+        <v>50</v>
+      </c>
+      <c r="W35" t="s">
+        <v>50</v>
+      </c>
+      <c r="X35" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
+      <c r="A36" t="s">
         <v>29</v>
       </c>
-      <c r="E35" t="s">
-[...69 lines deleted...]
-      </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="C36" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="D36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="H36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="I36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="J36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="L36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="M36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="O36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="P36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="Q36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="R36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="S36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="T36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="U36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="V36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="W36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="X36" t="s">
-        <v>47</v>
-[...118 lines deleted...]
-    <row r="39" spans="1:26">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
+      <c r="A37" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B37" s="3"/>
+      <c r="C37" s="3"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="3"/>
+      <c r="M37" s="3"/>
+      <c r="N37" s="3"/>
+      <c r="O37" s="3"/>
+      <c r="P37" s="3"/>
+      <c r="Q37" s="3"/>
+      <c r="R37" s="3"/>
+      <c r="S37" s="3"/>
+      <c r="T37" s="3"/>
+      <c r="U37" s="3"/>
+      <c r="V37" s="3"/>
+      <c r="W37" s="3"/>
+      <c r="X37" s="3"/>
+    </row>
+    <row r="38" spans="1:24">
+      <c r="A38" t="s">
+        <v>25</v>
+      </c>
+      <c r="B38" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" t="s">
+        <v>51</v>
+      </c>
+      <c r="D38" t="s">
+        <v>51</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" t="s">
+        <v>51</v>
+      </c>
+      <c r="G38" t="s">
+        <v>51</v>
+      </c>
+      <c r="H38" t="s">
+        <v>51</v>
+      </c>
+      <c r="I38" t="s">
+        <v>51</v>
+      </c>
+      <c r="J38" t="s">
+        <v>51</v>
+      </c>
+      <c r="K38" t="s">
+        <v>51</v>
+      </c>
+      <c r="L38" t="s">
+        <v>51</v>
+      </c>
+      <c r="M38" t="s">
+        <v>51</v>
+      </c>
+      <c r="N38" t="s">
+        <v>51</v>
+      </c>
+      <c r="O38" t="s">
+        <v>51</v>
+      </c>
+      <c r="P38" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>51</v>
+      </c>
+      <c r="R38" t="s">
+        <v>51</v>
+      </c>
+      <c r="S38" t="s">
+        <v>51</v>
+      </c>
+      <c r="T38" t="s">
+        <v>51</v>
+      </c>
+      <c r="U38" t="s">
+        <v>51</v>
+      </c>
+      <c r="V38" t="s">
+        <v>51</v>
+      </c>
+      <c r="W38" t="s">
+        <v>51</v>
+      </c>
+      <c r="X38" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
       <c r="A39" t="s">
         <v>27</v>
       </c>
       <c r="B39" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="C39" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="D39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="E39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="F39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="G39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="H39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="I39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="J39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="K39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="L39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="M39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="N39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="O39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="P39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="Q39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="R39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="S39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="T39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="U39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="V39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="W39" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="X39" t="s">
-        <v>79</v>
-[...8 lines deleted...]
-    <row r="40" spans="1:26">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
       <c r="A40" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B40" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="C40" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="D40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="F40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="G40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="H40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="I40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="J40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="K40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="L40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="M40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="N40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="P40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="Q40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="R40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="S40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="T40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="U40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="V40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="W40" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="X40" t="s">
-        <v>51</v>
-[...186 lines deleted...]
-        <v>87</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
+      <c r="A41" s="4"/>
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="4"/>
+      <c r="F41" s="4"/>
+      <c r="G41" s="4"/>
+      <c r="H41" s="4"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="4"/>
+      <c r="K41" s="4"/>
+      <c r="L41" s="4"/>
+      <c r="M41" s="4"/>
+      <c r="N41" s="4"/>
+      <c r="O41" s="4"/>
+      <c r="P41" s="4"/>
+      <c r="Q41" s="4"/>
+      <c r="R41" s="4"/>
+      <c r="S41" s="4"/>
+      <c r="T41" s="4"/>
+      <c r="U41" s="4"/>
+      <c r="V41" s="4"/>
+      <c r="W41" s="4"/>
+      <c r="X41" s="4"/>
+    </row>
+    <row r="42" spans="1:24">
+      <c r="A42" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
+      <c r="L42" s="2"/>
+      <c r="M42" s="2"/>
+      <c r="N42" s="2"/>
+      <c r="O42" s="2"/>
+      <c r="P42" s="2"/>
+      <c r="Q42" s="2"/>
+      <c r="R42" s="2"/>
+      <c r="S42" s="2"/>
+      <c r="T42" s="2"/>
+      <c r="U42" s="2"/>
+      <c r="V42" s="2"/>
+      <c r="W42" s="2"/>
+      <c r="X42" s="2"/>
+    </row>
+    <row r="43" spans="1:24">
+      <c r="A43" t="s">
+        <v>54</v>
+      </c>
+      <c r="B43" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
+      <c r="A45" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B45" s="1"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+      <c r="M45" s="1"/>
+      <c r="N45" s="1"/>
+      <c r="O45" s="1"/>
+      <c r="P45" s="1"/>
+      <c r="Q45" s="1"/>
+      <c r="R45" s="1"/>
+      <c r="S45" s="1"/>
+      <c r="T45" s="1"/>
+      <c r="U45" s="1"/>
+      <c r="V45" s="1"/>
+      <c r="W45" s="1"/>
+      <c r="X45" s="1"/>
+    </row>
+    <row r="46" spans="1:24">
+      <c r="A46" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A47:Z47"/>
+    <mergeCell ref="A46:X46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>