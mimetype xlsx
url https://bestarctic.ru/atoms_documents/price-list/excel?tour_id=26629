--- v2 (2026-01-19)
+++ v3 (2026-03-06)
@@ -12,57 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="26629-arkhangelsk-zdes-na..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
-[...5 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>20.03.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>01.05.2026</t>
   </si>
   <si>
     <t>22.05.2026</t>
   </si>
   <si>
     <t>05.06.2026</t>
   </si>
   <si>
     <t>12.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
@@ -185,51 +179,51 @@
   <si>
     <t>Новотель</t>
   </si>
   <si>
     <t>38000 RUB</t>
   </si>
   <si>
     <t>35000 RUB</t>
   </si>
   <si>
     <t>41500 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Прогулочный рейс на пароходе "Н.В.Гоголь"</t>
   </si>
   <si>
     <t>1900 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 20.01.2026 00:02, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 07.03.2026 00:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -571,85 +565,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X46"/>
+  <dimension ref="A1:V46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A45" sqref="A45:X45"/>
+      <selection activeCell="A45" sqref="A45:V45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24">
+    <row r="1" spans="1:22">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -670,2346 +662,2160 @@
       </c>
       <c r="O1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="W1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:22">
+      <c r="A2" s="2" t="s">
         <v>21</v>
-      </c>
-[...6 lines deleted...]
-        <v>23</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
-      <c r="W2" s="2"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:24">
+    </row>
+    <row r="3" spans="1:22">
       <c r="A3" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
-      <c r="W3" s="3"/>
-[...2 lines deleted...]
-    <row r="4" spans="1:24">
+    </row>
+    <row r="4" spans="1:22">
       <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+      <c r="I4" t="s">
+        <v>24</v>
+      </c>
+      <c r="J4" t="s">
+        <v>24</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>24</v>
+      </c>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>24</v>
+      </c>
+      <c r="O4" t="s">
+        <v>24</v>
+      </c>
+      <c r="P4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>24</v>
+      </c>
+      <c r="R4" t="s">
+        <v>24</v>
+      </c>
+      <c r="S4" t="s">
+        <v>24</v>
+      </c>
+      <c r="T4" t="s">
+        <v>24</v>
+      </c>
+      <c r="U4" t="s">
+        <v>24</v>
+      </c>
+      <c r="V4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:22">
+      <c r="A5" t="s">
         <v>25</v>
       </c>
-      <c r="B4" t="s">
-[...70 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
+        <v>26</v>
+      </c>
+      <c r="K5" t="s">
+        <v>26</v>
+      </c>
+      <c r="L5" t="s">
+        <v>26</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P5" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>26</v>
+      </c>
+      <c r="R5" t="s">
+        <v>26</v>
+      </c>
+      <c r="S5" t="s">
+        <v>26</v>
+      </c>
+      <c r="T5" t="s">
+        <v>26</v>
+      </c>
+      <c r="U5" t="s">
+        <v>26</v>
+      </c>
+      <c r="V5" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:22">
+      <c r="A6" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
-[...70 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H6" t="s">
+        <v>28</v>
+      </c>
+      <c r="I6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J6" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L6" t="s">
+        <v>28</v>
+      </c>
+      <c r="M6" t="s">
+        <v>28</v>
+      </c>
+      <c r="N6" t="s">
+        <v>28</v>
+      </c>
+      <c r="O6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>28</v>
+      </c>
+      <c r="R6" t="s">
+        <v>28</v>
+      </c>
+      <c r="S6" t="s">
+        <v>28</v>
+      </c>
+      <c r="T6" t="s">
+        <v>28</v>
+      </c>
+      <c r="U6" t="s">
+        <v>28</v>
+      </c>
+      <c r="V6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:22">
+      <c r="A7" s="3" t="s">
         <v>29</v>
-      </c>
-[...72 lines deleted...]
-        <v>31</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
-      <c r="W7" s="3"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:24">
+    </row>
+    <row r="8" spans="1:22">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H8" t="s">
+        <v>30</v>
+      </c>
+      <c r="I8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J8" t="s">
+        <v>30</v>
+      </c>
+      <c r="K8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>30</v>
+      </c>
+      <c r="N8" t="s">
+        <v>30</v>
+      </c>
+      <c r="O8" t="s">
+        <v>30</v>
+      </c>
+      <c r="P8" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>30</v>
+      </c>
+      <c r="R8" t="s">
+        <v>30</v>
+      </c>
+      <c r="S8" t="s">
+        <v>30</v>
+      </c>
+      <c r="T8" t="s">
+        <v>30</v>
+      </c>
+      <c r="U8" t="s">
+        <v>30</v>
+      </c>
+      <c r="V8" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:22">
+      <c r="A9" t="s">
         <v>25</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H9" t="s">
+        <v>31</v>
+      </c>
+      <c r="I9" t="s">
+        <v>31</v>
+      </c>
+      <c r="J9" t="s">
+        <v>31</v>
+      </c>
+      <c r="K9" t="s">
+        <v>31</v>
+      </c>
+      <c r="L9" t="s">
+        <v>31</v>
+      </c>
+      <c r="M9" t="s">
+        <v>31</v>
+      </c>
+      <c r="N9" t="s">
+        <v>31</v>
+      </c>
+      <c r="O9" t="s">
+        <v>31</v>
+      </c>
+      <c r="P9" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>31</v>
+      </c>
+      <c r="R9" t="s">
+        <v>31</v>
+      </c>
+      <c r="S9" t="s">
+        <v>31</v>
+      </c>
+      <c r="T9" t="s">
+        <v>31</v>
+      </c>
+      <c r="U9" t="s">
+        <v>31</v>
+      </c>
+      <c r="V9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:22">
+      <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
         <v>32</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C10" t="s">
         <v>32</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D10" t="s">
         <v>32</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E10" t="s">
         <v>32</v>
       </c>
-      <c r="F8" t="s">
+      <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G8" t="s">
+      <c r="G10" t="s">
         <v>32</v>
       </c>
-      <c r="H8" t="s">
+      <c r="H10" t="s">
         <v>32</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I10" t="s">
         <v>32</v>
       </c>
-      <c r="J8" t="s">
+      <c r="J10" t="s">
         <v>32</v>
       </c>
-      <c r="K8" t="s">
+      <c r="K10" t="s">
         <v>32</v>
       </c>
-      <c r="L8" t="s">
+      <c r="L10" t="s">
         <v>32</v>
       </c>
-      <c r="M8" t="s">
+      <c r="M10" t="s">
         <v>32</v>
       </c>
-      <c r="N8" t="s">
+      <c r="N10" t="s">
         <v>32</v>
       </c>
-      <c r="O8" t="s">
+      <c r="O10" t="s">
         <v>32</v>
       </c>
-      <c r="P8" t="s">
+      <c r="P10" t="s">
         <v>32</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="Q10" t="s">
         <v>32</v>
       </c>
-      <c r="R8" t="s">
+      <c r="R10" t="s">
         <v>32</v>
       </c>
-      <c r="S8" t="s">
+      <c r="S10" t="s">
         <v>32</v>
       </c>
-      <c r="T8" t="s">
+      <c r="T10" t="s">
         <v>32</v>
       </c>
-      <c r="U8" t="s">
+      <c r="U10" t="s">
         <v>32</v>
       </c>
-      <c r="V8" t="s">
+      <c r="V10" t="s">
         <v>32</v>
       </c>
-      <c r="W8" t="s">
-[...10 lines deleted...]
-      <c r="B9" t="s">
+    </row>
+    <row r="11" spans="1:22">
+      <c r="A11" s="3" t="s">
         <v>33</v>
-      </c>
-[...143 lines deleted...]
-        <v>35</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
-      <c r="W11" s="3"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:24">
+    </row>
+    <row r="12" spans="1:22">
       <c r="A12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12" t="s">
+        <v>34</v>
+      </c>
+      <c r="I12" t="s">
+        <v>34</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M12" t="s">
+        <v>34</v>
+      </c>
+      <c r="N12" t="s">
+        <v>34</v>
+      </c>
+      <c r="O12" t="s">
+        <v>34</v>
+      </c>
+      <c r="P12" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>34</v>
+      </c>
+      <c r="R12" t="s">
+        <v>34</v>
+      </c>
+      <c r="S12" t="s">
+        <v>34</v>
+      </c>
+      <c r="T12" t="s">
+        <v>34</v>
+      </c>
+      <c r="U12" t="s">
+        <v>34</v>
+      </c>
+      <c r="V12" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="13" spans="1:22">
+      <c r="A13" t="s">
         <v>25</v>
       </c>
-      <c r="B12" t="s">
+      <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>35</v>
+      </c>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>35</v>
+      </c>
+      <c r="O13" t="s">
+        <v>35</v>
+      </c>
+      <c r="P13" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>35</v>
+      </c>
+      <c r="R13" t="s">
+        <v>35</v>
+      </c>
+      <c r="S13" t="s">
+        <v>35</v>
+      </c>
+      <c r="T13" t="s">
+        <v>35</v>
+      </c>
+      <c r="U13" t="s">
+        <v>35</v>
+      </c>
+      <c r="V13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:22">
+      <c r="A14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" t="s">
         <v>36</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C14" t="s">
         <v>36</v>
       </c>
-      <c r="D12" t="s">
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="F12" t="s">
+      <c r="F14" t="s">
         <v>36</v>
       </c>
-      <c r="G12" t="s">
+      <c r="G14" t="s">
         <v>36</v>
       </c>
-      <c r="H12" t="s">
+      <c r="H14" t="s">
         <v>36</v>
       </c>
-      <c r="I12" t="s">
+      <c r="I14" t="s">
         <v>36</v>
       </c>
-      <c r="J12" t="s">
+      <c r="J14" t="s">
         <v>36</v>
       </c>
-      <c r="K12" t="s">
+      <c r="K14" t="s">
         <v>36</v>
       </c>
-      <c r="L12" t="s">
+      <c r="L14" t="s">
         <v>36</v>
       </c>
-      <c r="M12" t="s">
+      <c r="M14" t="s">
         <v>36</v>
       </c>
-      <c r="N12" t="s">
+      <c r="N14" t="s">
         <v>36</v>
       </c>
-      <c r="O12" t="s">
+      <c r="O14" t="s">
         <v>36</v>
       </c>
-      <c r="P12" t="s">
+      <c r="P14" t="s">
         <v>36</v>
       </c>
-      <c r="Q12" t="s">
+      <c r="Q14" t="s">
         <v>36</v>
       </c>
-      <c r="R12" t="s">
+      <c r="R14" t="s">
         <v>36</v>
       </c>
-      <c r="S12" t="s">
+      <c r="S14" t="s">
         <v>36</v>
       </c>
-      <c r="T12" t="s">
+      <c r="T14" t="s">
         <v>36</v>
       </c>
-      <c r="U12" t="s">
+      <c r="U14" t="s">
         <v>36</v>
       </c>
-      <c r="V12" t="s">
+      <c r="V14" t="s">
         <v>36</v>
       </c>
-      <c r="W12" t="s">
-[...10 lines deleted...]
-      <c r="B13" t="s">
+    </row>
+    <row r="15" spans="1:22">
+      <c r="A15" s="3" t="s">
         <v>37</v>
-      </c>
-[...143 lines deleted...]
-        <v>39</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
-      <c r="W15" s="3"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:24">
+    </row>
+    <row r="16" spans="1:22">
       <c r="A16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>38</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" t="s">
+        <v>38</v>
+      </c>
+      <c r="I16" t="s">
+        <v>38</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>38</v>
+      </c>
+      <c r="M16" t="s">
+        <v>38</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>38</v>
+      </c>
+      <c r="P16" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R16" t="s">
+        <v>38</v>
+      </c>
+      <c r="S16" t="s">
+        <v>38</v>
+      </c>
+      <c r="T16" t="s">
+        <v>38</v>
+      </c>
+      <c r="U16" t="s">
+        <v>38</v>
+      </c>
+      <c r="V16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:22">
+      <c r="A17" t="s">
         <v>25</v>
       </c>
-      <c r="B16" t="s">
-[...70 lines deleted...]
-      <c r="A17" t="s">
+      <c r="B17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" t="s">
+        <v>39</v>
+      </c>
+      <c r="G17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17" t="s">
+        <v>39</v>
+      </c>
+      <c r="I17" t="s">
+        <v>39</v>
+      </c>
+      <c r="J17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K17" t="s">
+        <v>39</v>
+      </c>
+      <c r="L17" t="s">
+        <v>39</v>
+      </c>
+      <c r="M17" t="s">
+        <v>39</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>39</v>
+      </c>
+      <c r="P17" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>39</v>
+      </c>
+      <c r="R17" t="s">
+        <v>39</v>
+      </c>
+      <c r="S17" t="s">
+        <v>39</v>
+      </c>
+      <c r="T17" t="s">
+        <v>39</v>
+      </c>
+      <c r="U17" t="s">
+        <v>39</v>
+      </c>
+      <c r="V17" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18" spans="1:22">
+      <c r="A18" t="s">
         <v>27</v>
       </c>
-      <c r="B17" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="J18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="L18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="M18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="N18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="P18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Q18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="R18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="S18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="T18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="U18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="V18" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:24">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" spans="1:22">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
       <c r="K19" s="4"/>
       <c r="L19" s="4"/>
       <c r="M19" s="4"/>
       <c r="N19" s="4"/>
       <c r="O19" s="4"/>
       <c r="P19" s="4"/>
       <c r="Q19" s="4"/>
       <c r="R19" s="4"/>
       <c r="S19" s="4"/>
       <c r="T19" s="4"/>
       <c r="U19" s="4"/>
       <c r="V19" s="4"/>
-      <c r="W19" s="4"/>
-[...2 lines deleted...]
-    <row r="20" spans="1:24">
+    </row>
+    <row r="20" spans="1:22">
       <c r="A20" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
       <c r="S20" s="2"/>
       <c r="T20" s="2"/>
       <c r="U20" s="2"/>
       <c r="V20" s="2"/>
-      <c r="W20" s="2"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:24">
+    </row>
+    <row r="21" spans="1:22">
       <c r="A21" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
       <c r="P21" s="3"/>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
       <c r="S21" s="3"/>
       <c r="T21" s="3"/>
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
-      <c r="W21" s="3"/>
-[...2 lines deleted...]
-    <row r="22" spans="1:24">
+    </row>
+    <row r="22" spans="1:22">
       <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22" t="s">
+        <v>42</v>
+      </c>
+      <c r="I22" t="s">
+        <v>42</v>
+      </c>
+      <c r="J22" t="s">
+        <v>42</v>
+      </c>
+      <c r="K22" t="s">
+        <v>42</v>
+      </c>
+      <c r="L22" t="s">
+        <v>42</v>
+      </c>
+      <c r="M22" t="s">
+        <v>42</v>
+      </c>
+      <c r="N22" t="s">
+        <v>42</v>
+      </c>
+      <c r="O22" t="s">
+        <v>42</v>
+      </c>
+      <c r="P22" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>42</v>
+      </c>
+      <c r="R22" t="s">
+        <v>42</v>
+      </c>
+      <c r="S22" t="s">
+        <v>42</v>
+      </c>
+      <c r="T22" t="s">
+        <v>42</v>
+      </c>
+      <c r="U22" t="s">
+        <v>42</v>
+      </c>
+      <c r="V22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:22">
+      <c r="A23" t="s">
         <v>25</v>
       </c>
-      <c r="B22" t="s">
-[...70 lines deleted...]
-      <c r="A23" t="s">
+      <c r="B23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C23" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" t="s">
+        <v>40</v>
+      </c>
+      <c r="E23" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" t="s">
+        <v>40</v>
+      </c>
+      <c r="I23" t="s">
+        <v>40</v>
+      </c>
+      <c r="J23" t="s">
+        <v>40</v>
+      </c>
+      <c r="K23" t="s">
+        <v>40</v>
+      </c>
+      <c r="L23" t="s">
+        <v>40</v>
+      </c>
+      <c r="M23" t="s">
+        <v>40</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>40</v>
+      </c>
+      <c r="P23" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>40</v>
+      </c>
+      <c r="R23" t="s">
+        <v>40</v>
+      </c>
+      <c r="S23" t="s">
+        <v>40</v>
+      </c>
+      <c r="T23" t="s">
+        <v>40</v>
+      </c>
+      <c r="U23" t="s">
+        <v>40</v>
+      </c>
+      <c r="V23" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:22">
+      <c r="A24" t="s">
         <v>27</v>
       </c>
-      <c r="B23" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="G24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="H24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="I24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="J24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="K24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="L24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="M24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="N24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="O24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="P24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="Q24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="R24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="S24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="T24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="U24" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="V24" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:24">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="25" spans="1:22">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25" s="4"/>
       <c r="J25" s="4"/>
       <c r="K25" s="4"/>
       <c r="L25" s="4"/>
       <c r="M25" s="4"/>
       <c r="N25" s="4"/>
       <c r="O25" s="4"/>
       <c r="P25" s="4"/>
       <c r="Q25" s="4"/>
       <c r="R25" s="4"/>
       <c r="S25" s="4"/>
       <c r="T25" s="4"/>
       <c r="U25" s="4"/>
       <c r="V25" s="4"/>
-      <c r="W25" s="4"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:24">
+    </row>
+    <row r="26" spans="1:22">
       <c r="A26" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
       <c r="T26" s="2"/>
       <c r="U26" s="2"/>
       <c r="V26" s="2"/>
-      <c r="W26" s="2"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:24">
+    </row>
+    <row r="27" spans="1:22">
       <c r="A27" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
       <c r="T27" s="3"/>
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
-      <c r="W27" s="3"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:24">
+    </row>
+    <row r="28" spans="1:22">
       <c r="A28" t="s">
+        <v>23</v>
+      </c>
+      <c r="B28" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" t="s">
+        <v>28</v>
+      </c>
+      <c r="E28" t="s">
+        <v>28</v>
+      </c>
+      <c r="F28" t="s">
+        <v>28</v>
+      </c>
+      <c r="G28" t="s">
+        <v>28</v>
+      </c>
+      <c r="H28" t="s">
+        <v>28</v>
+      </c>
+      <c r="I28" t="s">
+        <v>28</v>
+      </c>
+      <c r="J28" t="s">
+        <v>28</v>
+      </c>
+      <c r="K28" t="s">
+        <v>28</v>
+      </c>
+      <c r="L28" t="s">
+        <v>28</v>
+      </c>
+      <c r="M28" t="s">
+        <v>28</v>
+      </c>
+      <c r="N28" t="s">
+        <v>28</v>
+      </c>
+      <c r="O28" t="s">
+        <v>28</v>
+      </c>
+      <c r="P28" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>28</v>
+      </c>
+      <c r="R28" t="s">
+        <v>28</v>
+      </c>
+      <c r="S28" t="s">
+        <v>28</v>
+      </c>
+      <c r="T28" t="s">
+        <v>28</v>
+      </c>
+      <c r="U28" t="s">
+        <v>28</v>
+      </c>
+      <c r="V28" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="29" spans="1:22">
+      <c r="A29" t="s">
         <v>25</v>
       </c>
-      <c r="B28" t="s">
-[...70 lines deleted...]
-      <c r="A29" t="s">
+      <c r="B29" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" t="s">
+        <v>45</v>
+      </c>
+      <c r="D29" t="s">
+        <v>45</v>
+      </c>
+      <c r="E29" t="s">
+        <v>45</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29" t="s">
+        <v>45</v>
+      </c>
+      <c r="I29" t="s">
+        <v>45</v>
+      </c>
+      <c r="J29" t="s">
+        <v>45</v>
+      </c>
+      <c r="K29" t="s">
+        <v>45</v>
+      </c>
+      <c r="L29" t="s">
+        <v>45</v>
+      </c>
+      <c r="M29" t="s">
+        <v>45</v>
+      </c>
+      <c r="N29" t="s">
+        <v>45</v>
+      </c>
+      <c r="O29" t="s">
+        <v>45</v>
+      </c>
+      <c r="P29" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>45</v>
+      </c>
+      <c r="R29" t="s">
+        <v>45</v>
+      </c>
+      <c r="S29" t="s">
+        <v>45</v>
+      </c>
+      <c r="T29" t="s">
+        <v>45</v>
+      </c>
+      <c r="U29" t="s">
+        <v>45</v>
+      </c>
+      <c r="V29" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="30" spans="1:22">
+      <c r="A30" t="s">
         <v>27</v>
       </c>
-      <c r="B29" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="B30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="H30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="J30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="M30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="N30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="O30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="P30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="Q30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="R30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="S30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="T30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="U30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="V30" t="s">
-        <v>48</v>
-[...8 lines deleted...]
-    <row r="31" spans="1:24">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="31" spans="1:22">
       <c r="A31" s="4"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="4"/>
       <c r="T31" s="4"/>
       <c r="U31" s="4"/>
       <c r="V31" s="4"/>
-      <c r="W31" s="4"/>
-[...2 lines deleted...]
-    <row r="32" spans="1:24">
+    </row>
+    <row r="32" spans="1:22">
       <c r="A32" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
       <c r="S32" s="2"/>
       <c r="T32" s="2"/>
       <c r="U32" s="2"/>
       <c r="V32" s="2"/>
-      <c r="W32" s="2"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:24">
+    </row>
+    <row r="33" spans="1:22">
       <c r="A33" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B33" s="3"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
       <c r="Q33" s="3"/>
       <c r="R33" s="3"/>
       <c r="S33" s="3"/>
       <c r="T33" s="3"/>
       <c r="U33" s="3"/>
       <c r="V33" s="3"/>
-      <c r="W33" s="3"/>
-[...2 lines deleted...]
-    <row r="34" spans="1:24">
+    </row>
+    <row r="34" spans="1:22">
       <c r="A34" t="s">
+        <v>23</v>
+      </c>
+      <c r="B34" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" t="s">
+        <v>38</v>
+      </c>
+      <c r="D34" t="s">
+        <v>38</v>
+      </c>
+      <c r="E34" t="s">
+        <v>38</v>
+      </c>
+      <c r="F34" t="s">
+        <v>38</v>
+      </c>
+      <c r="G34" t="s">
+        <v>38</v>
+      </c>
+      <c r="H34" t="s">
+        <v>38</v>
+      </c>
+      <c r="I34" t="s">
+        <v>38</v>
+      </c>
+      <c r="J34" t="s">
+        <v>38</v>
+      </c>
+      <c r="K34" t="s">
+        <v>38</v>
+      </c>
+      <c r="L34" t="s">
+        <v>38</v>
+      </c>
+      <c r="M34" t="s">
+        <v>38</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>38</v>
+      </c>
+      <c r="P34" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>38</v>
+      </c>
+      <c r="R34" t="s">
+        <v>38</v>
+      </c>
+      <c r="S34" t="s">
+        <v>38</v>
+      </c>
+      <c r="T34" t="s">
+        <v>38</v>
+      </c>
+      <c r="U34" t="s">
+        <v>38</v>
+      </c>
+      <c r="V34" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="35" spans="1:22">
+      <c r="A35" t="s">
         <v>25</v>
       </c>
-      <c r="B34" t="s">
-[...70 lines deleted...]
-      <c r="A35" t="s">
+      <c r="B35" t="s">
+        <v>48</v>
+      </c>
+      <c r="C35" t="s">
+        <v>48</v>
+      </c>
+      <c r="D35" t="s">
+        <v>48</v>
+      </c>
+      <c r="E35" t="s">
+        <v>48</v>
+      </c>
+      <c r="F35" t="s">
+        <v>48</v>
+      </c>
+      <c r="G35" t="s">
+        <v>48</v>
+      </c>
+      <c r="H35" t="s">
+        <v>48</v>
+      </c>
+      <c r="I35" t="s">
+        <v>48</v>
+      </c>
+      <c r="J35" t="s">
+        <v>48</v>
+      </c>
+      <c r="K35" t="s">
+        <v>48</v>
+      </c>
+      <c r="L35" t="s">
+        <v>48</v>
+      </c>
+      <c r="M35" t="s">
+        <v>48</v>
+      </c>
+      <c r="N35" t="s">
+        <v>48</v>
+      </c>
+      <c r="O35" t="s">
+        <v>48</v>
+      </c>
+      <c r="P35" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>48</v>
+      </c>
+      <c r="R35" t="s">
+        <v>48</v>
+      </c>
+      <c r="S35" t="s">
+        <v>48</v>
+      </c>
+      <c r="T35" t="s">
+        <v>48</v>
+      </c>
+      <c r="U35" t="s">
+        <v>48</v>
+      </c>
+      <c r="V35" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:22">
+      <c r="A36" t="s">
         <v>27</v>
       </c>
-      <c r="B35" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="B36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="J36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="L36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="M36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="N36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="O36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="P36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Q36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="R36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="S36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="T36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="U36" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="V36" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-    <row r="37" spans="1:24">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:22">
       <c r="A37" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
       <c r="Q37" s="3"/>
       <c r="R37" s="3"/>
       <c r="S37" s="3"/>
       <c r="T37" s="3"/>
       <c r="U37" s="3"/>
       <c r="V37" s="3"/>
-      <c r="W37" s="3"/>
-[...2 lines deleted...]
-    <row r="38" spans="1:24">
+    </row>
+    <row r="38" spans="1:22">
       <c r="A38" t="s">
+        <v>23</v>
+      </c>
+      <c r="B38" t="s">
+        <v>49</v>
+      </c>
+      <c r="C38" t="s">
+        <v>49</v>
+      </c>
+      <c r="D38" t="s">
+        <v>49</v>
+      </c>
+      <c r="E38" t="s">
+        <v>49</v>
+      </c>
+      <c r="F38" t="s">
+        <v>49</v>
+      </c>
+      <c r="G38" t="s">
+        <v>49</v>
+      </c>
+      <c r="H38" t="s">
+        <v>49</v>
+      </c>
+      <c r="I38" t="s">
+        <v>49</v>
+      </c>
+      <c r="J38" t="s">
+        <v>49</v>
+      </c>
+      <c r="K38" t="s">
+        <v>49</v>
+      </c>
+      <c r="L38" t="s">
+        <v>49</v>
+      </c>
+      <c r="M38" t="s">
+        <v>49</v>
+      </c>
+      <c r="N38" t="s">
+        <v>49</v>
+      </c>
+      <c r="O38" t="s">
+        <v>49</v>
+      </c>
+      <c r="P38" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>49</v>
+      </c>
+      <c r="R38" t="s">
+        <v>49</v>
+      </c>
+      <c r="S38" t="s">
+        <v>49</v>
+      </c>
+      <c r="T38" t="s">
+        <v>49</v>
+      </c>
+      <c r="U38" t="s">
+        <v>49</v>
+      </c>
+      <c r="V38" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="39" spans="1:22">
+      <c r="A39" t="s">
         <v>25</v>
       </c>
-      <c r="B38" t="s">
-[...70 lines deleted...]
-      <c r="A39" t="s">
+      <c r="B39" t="s">
+        <v>50</v>
+      </c>
+      <c r="C39" t="s">
+        <v>50</v>
+      </c>
+      <c r="D39" t="s">
+        <v>50</v>
+      </c>
+      <c r="E39" t="s">
+        <v>50</v>
+      </c>
+      <c r="F39" t="s">
+        <v>50</v>
+      </c>
+      <c r="G39" t="s">
+        <v>50</v>
+      </c>
+      <c r="H39" t="s">
+        <v>50</v>
+      </c>
+      <c r="I39" t="s">
+        <v>50</v>
+      </c>
+      <c r="J39" t="s">
+        <v>50</v>
+      </c>
+      <c r="K39" t="s">
+        <v>50</v>
+      </c>
+      <c r="L39" t="s">
+        <v>50</v>
+      </c>
+      <c r="M39" t="s">
+        <v>50</v>
+      </c>
+      <c r="N39" t="s">
+        <v>50</v>
+      </c>
+      <c r="O39" t="s">
+        <v>50</v>
+      </c>
+      <c r="P39" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>50</v>
+      </c>
+      <c r="R39" t="s">
+        <v>50</v>
+      </c>
+      <c r="S39" t="s">
+        <v>50</v>
+      </c>
+      <c r="T39" t="s">
+        <v>50</v>
+      </c>
+      <c r="U39" t="s">
+        <v>50</v>
+      </c>
+      <c r="V39" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="40" spans="1:22">
+      <c r="A40" t="s">
         <v>27</v>
       </c>
-      <c r="B39" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="B40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="I40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="J40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="L40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="P40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="Q40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="R40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="S40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="T40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="U40" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="V40" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:24">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="41" spans="1:22">
       <c r="A41" s="4"/>
       <c r="B41" s="4"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4"/>
       <c r="I41" s="4"/>
       <c r="J41" s="4"/>
       <c r="K41" s="4"/>
       <c r="L41" s="4"/>
       <c r="M41" s="4"/>
       <c r="N41" s="4"/>
       <c r="O41" s="4"/>
       <c r="P41" s="4"/>
       <c r="Q41" s="4"/>
       <c r="R41" s="4"/>
       <c r="S41" s="4"/>
       <c r="T41" s="4"/>
       <c r="U41" s="4"/>
       <c r="V41" s="4"/>
-      <c r="W41" s="4"/>
-[...2 lines deleted...]
-    <row r="42" spans="1:24">
+    </row>
+    <row r="42" spans="1:22">
       <c r="A42" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
       <c r="S42" s="2"/>
       <c r="T42" s="2"/>
       <c r="U42" s="2"/>
       <c r="V42" s="2"/>
-      <c r="W42" s="2"/>
-[...2 lines deleted...]
-    <row r="43" spans="1:24">
+    </row>
+    <row r="43" spans="1:22">
       <c r="A43" t="s">
+        <v>52</v>
+      </c>
+      <c r="B43" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="45" spans="1:22">
+      <c r="A45" s="1" t="s">
         <v>54</v>
-      </c>
-[...6 lines deleted...]
-        <v>56</v>
       </c>
       <c r="B45" s="1"/>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
-      <c r="W45" s="1"/>
-[...2 lines deleted...]
-    <row r="46" spans="1:24">
+    </row>
+    <row r="46" spans="1:22">
       <c r="A46" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A46:X46"/>
+    <mergeCell ref="A46:V46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>