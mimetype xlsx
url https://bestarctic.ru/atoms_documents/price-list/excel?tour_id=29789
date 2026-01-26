--- v0 (2025-12-03)
+++ v1 (2026-01-26)
@@ -12,88 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="29789-kareliya-o-puteshes..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>01.05.2026</t>
   </si>
   <si>
     <t>26.06.2026</t>
   </si>
   <si>
     <t>07.08.2026</t>
   </si>
   <si>
     <t>25.09.2026</t>
   </si>
   <si>
     <t>СОРТАВАЛА</t>
   </si>
   <si>
     <t>TWIN (двухместный номер)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>17400 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>16500 RUB</t>
   </si>
   <si>
     <t>TRIPL (трёхместный номер)</t>
   </si>
   <si>
-    <t>160500 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>SINGL (одноместный номер)</t>
   </si>
   <si>
     <t>19300 RUB</t>
   </si>
   <si>
     <t>1/2 TWIN (двухместный номер с подселением)</t>
   </si>
   <si>
     <t>ВАЛОРАНТА</t>
   </si>
   <si>
     <t>21900 RUB</t>
   </si>
   <si>
     <t>25000 RUB</t>
   </si>
   <si>
     <t>21000 RUB</t>
   </si>
   <si>
     <t>19900 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
@@ -128,54 +125,54 @@
   <si>
     <t>3800 RUB</t>
   </si>
   <si>
     <t>3600 RUB</t>
   </si>
   <si>
     <t>3400 RUB</t>
   </si>
   <si>
     <t>Поездка на Рускеальские водопады с обедом</t>
   </si>
   <si>
     <t>Входной билет на гору Паасо с трансфером</t>
   </si>
   <si>
     <t>600 RUB</t>
   </si>
   <si>
     <t>Экскурсия на метеоре на остров Валаам</t>
   </si>
   <si>
     <t>7500 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 03.12.2025 10:19, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 27.01.2026 00:02, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -613,359 +610,359 @@
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>7</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
       <c r="E11" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="3" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
+        <v>20</v>
+      </c>
+      <c r="B25" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B31" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A37:E37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>