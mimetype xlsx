--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -59,51 +59,51 @@
   <si>
     <t>20.09.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>98800 RUB</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>110800 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 15.01.2026 22:40, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 02.03.2026 05:40, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>