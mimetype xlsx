--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="31797-svidanie-s-kamchatk..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>04.07.2026</t>
   </si>
   <si>
     <t>10.07.2026</t>
   </si>
   <si>
     <t>16.07.2026</t>
   </si>
   <si>
     <t>19.07.2026</t>
   </si>
   <si>
     <t>22.07.2026</t>
   </si>
   <si>
     <t>25.07.2026</t>
   </si>
   <si>
     <t>28.07.2026</t>
   </si>
   <si>
     <t>31.07.2026</t>
   </si>
   <si>
@@ -89,99 +89,111 @@
   <si>
     <t>08.09.2026</t>
   </si>
   <si>
     <t>14.09.2026</t>
   </si>
   <si>
     <t>20.09.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>122400 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—17 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>База отдыха ФЛАМИНГО</t>
+    <t>Гост.комплекс АКВА РЕЗОРТ КАМЧАТКА + Отель Гейзер 3*</t>
+  </si>
+  <si>
+    <t>Комфорт 2-местный</t>
+  </si>
+  <si>
+    <t>172800 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 5—14 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>155520 RUB</t>
+  </si>
+  <si>
+    <t>Размещение в 2-местном номере (с подселением)</t>
+  </si>
+  <si>
+    <t>Одноместное размещение с доплатой</t>
+  </si>
+  <si>
+    <t>База отдыха КРЕЧЕТ 3* + Отель Гейзер 3*</t>
   </si>
   <si>
     <t>Стандарт 2-местный</t>
   </si>
   <si>
-    <t>0 RUB</t>
-[...41 lines deleted...]
-    <t>Одноместное размещение (с доплатой 17 500 руб.)</t>
+    <t>174600 RUB</t>
+  </si>
+  <si>
+    <t>157140 RUB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Одноместное размещение с доплатой </t>
+  </si>
+  <si>
+    <t>SPA-отель СПУТНИК-КАМЧАТКА 4* + Отель Русский двор 3*</t>
+  </si>
+  <si>
+    <t>192600 RUB</t>
+  </si>
+  <si>
+    <t>173340 RUB</t>
+  </si>
+  <si>
+    <t>SPA-отель СПУТНИК 5* + Отель Русский двор 3*</t>
+  </si>
+  <si>
+    <t>196920 RUB</t>
+  </si>
+  <si>
+    <t>177228 RUB</t>
+  </si>
+  <si>
+    <t>Отель ТАЙНЫ КАМЧАТКИ 5* / КАМЧАТКА ШАЛЕ 5*  +  отель Русский Двор 3*</t>
+  </si>
+  <si>
+    <t>302400 RUB</t>
+  </si>
+  <si>
+    <t>272160 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (аэропорт-отель), за 1 чел.</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (отель-аэропорт), за 1 чел.</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 3 чел.</t>
   </si>
   <si>
     <t>6000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 3 чел.</t>
   </si>
   <si>
     <t>Доплата за иностранного гражданина</t>
   </si>
@@ -215,51 +227,51 @@
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение СПУТНИК-КАМЧАТКА 4*</t>
   </si>
   <si>
     <t>54000 RUB</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение АКВА РЕЗОРТ КАМЧАТКА</t>
   </si>
   <si>
     <t>38000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 24.10.2025 19:37, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 09.12.2025 01:28, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -601,54 +613,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U76"/>
+  <dimension ref="A1:U66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A75" sqref="A75:U75"/>
+      <selection activeCell="A65" sqref="A65:U65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.265869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1018,113 +1030,113 @@
       </c>
       <c r="P9" t="s">
         <v>27</v>
       </c>
       <c r="Q9" t="s">
         <v>27</v>
       </c>
       <c r="R9" t="s">
         <v>27</v>
       </c>
       <c r="S9" t="s">
         <v>27</v>
       </c>
       <c r="T9" t="s">
         <v>27</v>
       </c>
       <c r="U9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="K10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="L10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="M10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="O10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="P10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="Q10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="R10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="S10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="T10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="U10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
     </row>
     <row r="12" spans="1:21">
       <c r="A12" t="s">
         <v>22</v>
@@ -1170,51 +1182,51 @@
       </c>
       <c r="O12" t="s">
         <v>27</v>
       </c>
       <c r="P12" t="s">
         <v>27</v>
       </c>
       <c r="Q12" t="s">
         <v>27</v>
       </c>
       <c r="R12" t="s">
         <v>27</v>
       </c>
       <c r="S12" t="s">
         <v>27</v>
       </c>
       <c r="T12" t="s">
         <v>27</v>
       </c>
       <c r="U12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
     </row>
     <row r="14" spans="1:21">
       <c r="A14" t="s">
         <v>22</v>
@@ -1259,2085 +1271,1677 @@
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>27</v>
       </c>
       <c r="P14" t="s">
         <v>27</v>
       </c>
       <c r="Q14" t="s">
         <v>27</v>
       </c>
       <c r="R14" t="s">
         <v>27</v>
       </c>
       <c r="S14" t="s">
         <v>27</v>
       </c>
       <c r="T14" t="s">
         <v>27</v>
       </c>
       <c r="U14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:21">
-      <c r="A15" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U15" s="3"/>
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
+      <c r="O15" s="4"/>
+      <c r="P15" s="4"/>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="4"/>
+      <c r="S15" s="4"/>
+      <c r="T15" s="4"/>
+      <c r="U15" s="4"/>
     </row>
     <row r="16" spans="1:21">
-      <c r="A16" t="s">
+      <c r="A16" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+      <c r="M16" s="2"/>
+      <c r="N16" s="2"/>
+      <c r="O16" s="2"/>
+      <c r="P16" s="2"/>
+      <c r="Q16" s="2"/>
+      <c r="R16" s="2"/>
+      <c r="S16" s="2"/>
+      <c r="T16" s="2"/>
+      <c r="U16" s="2"/>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="3"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="3"/>
+      <c r="Q17" s="3"/>
+      <c r="R17" s="3"/>
+      <c r="S17" s="3"/>
+      <c r="T17" s="3"/>
+      <c r="U17" s="3"/>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18" t="s">
         <v>22</v>
       </c>
-      <c r="B16" t="s">
-[...106 lines deleted...]
-      <c r="U18" s="2"/>
+      <c r="B18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18" t="s">
+        <v>34</v>
+      </c>
+      <c r="I18" t="s">
+        <v>34</v>
+      </c>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>34</v>
+      </c>
+      <c r="M18" t="s">
+        <v>34</v>
+      </c>
+      <c r="N18" t="s">
+        <v>34</v>
+      </c>
+      <c r="O18" t="s">
+        <v>34</v>
+      </c>
+      <c r="P18" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>34</v>
+      </c>
+      <c r="R18" t="s">
+        <v>34</v>
+      </c>
+      <c r="S18" t="s">
+        <v>34</v>
+      </c>
+      <c r="T18" t="s">
+        <v>34</v>
+      </c>
+      <c r="U18" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="19" spans="1:21">
-      <c r="A19" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U19" s="3"/>
+      <c r="A19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" t="s">
+        <v>35</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" t="s">
+        <v>35</v>
+      </c>
+      <c r="E19" t="s">
+        <v>35</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19" t="s">
+        <v>35</v>
+      </c>
+      <c r="I19" t="s">
+        <v>35</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>35</v>
+      </c>
+      <c r="M19" t="s">
+        <v>35</v>
+      </c>
+      <c r="N19" t="s">
+        <v>35</v>
+      </c>
+      <c r="O19" t="s">
+        <v>35</v>
+      </c>
+      <c r="P19" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>35</v>
+      </c>
+      <c r="R19" t="s">
+        <v>35</v>
+      </c>
+      <c r="S19" t="s">
+        <v>35</v>
+      </c>
+      <c r="T19" t="s">
+        <v>35</v>
+      </c>
+      <c r="U19" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="20" spans="1:21">
-      <c r="A20" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="A20" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="3"/>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3"/>
+      <c r="E20" s="3"/>
+      <c r="F20" s="3"/>
+      <c r="G20" s="3"/>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+      <c r="T20" s="3"/>
+      <c r="U20" s="3"/>
     </row>
     <row r="21" spans="1:21">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="J21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="K21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="M21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="N21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="P21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="Q21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="R21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="S21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="T21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="U21" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="H23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="J23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="K23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="M23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="N23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="P23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="Q23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="R23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="S23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="T23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="U23" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:21">
-      <c r="A24" s="3" t="s">
+      <c r="A24" s="4"/>
+      <c r="B24" s="4"/>
+      <c r="C24" s="4"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="4"/>
+      <c r="I24" s="4"/>
+      <c r="J24" s="4"/>
+      <c r="K24" s="4"/>
+      <c r="L24" s="4"/>
+      <c r="M24" s="4"/>
+      <c r="N24" s="4"/>
+      <c r="O24" s="4"/>
+      <c r="P24" s="4"/>
+      <c r="Q24" s="4"/>
+      <c r="R24" s="4"/>
+      <c r="S24" s="4"/>
+      <c r="T24" s="4"/>
+      <c r="U24" s="4"/>
+    </row>
+    <row r="25" spans="1:21">
+      <c r="A25" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
+      <c r="J25" s="2"/>
+      <c r="K25" s="2"/>
+      <c r="L25" s="2"/>
+      <c r="M25" s="2"/>
+      <c r="N25" s="2"/>
+      <c r="O25" s="2"/>
+      <c r="P25" s="2"/>
+      <c r="Q25" s="2"/>
+      <c r="R25" s="2"/>
+      <c r="S25" s="2"/>
+      <c r="T25" s="2"/>
+      <c r="U25" s="2"/>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B24" s="3"/>
-[...21 lines deleted...]
-      <c r="A25" t="s">
+      <c r="B26" s="3"/>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="3"/>
+      <c r="U26" s="3"/>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27" t="s">
         <v>22</v>
       </c>
-      <c r="B25" t="s">
-[...106 lines deleted...]
-      <c r="U27" s="2"/>
+      <c r="B27" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" t="s">
+        <v>38</v>
+      </c>
+      <c r="D27" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27" t="s">
+        <v>38</v>
+      </c>
+      <c r="G27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H27" t="s">
+        <v>38</v>
+      </c>
+      <c r="I27" t="s">
+        <v>38</v>
+      </c>
+      <c r="J27" t="s">
+        <v>38</v>
+      </c>
+      <c r="K27" t="s">
+        <v>38</v>
+      </c>
+      <c r="L27" t="s">
+        <v>38</v>
+      </c>
+      <c r="M27" t="s">
+        <v>38</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>38</v>
+      </c>
+      <c r="P27" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>38</v>
+      </c>
+      <c r="R27" t="s">
+        <v>38</v>
+      </c>
+      <c r="S27" t="s">
+        <v>38</v>
+      </c>
+      <c r="T27" t="s">
+        <v>38</v>
+      </c>
+      <c r="U27" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="28" spans="1:21">
-      <c r="A28" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U28" s="3"/>
+      <c r="A28" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" t="s">
+        <v>39</v>
+      </c>
+      <c r="C28" t="s">
+        <v>39</v>
+      </c>
+      <c r="D28" t="s">
+        <v>39</v>
+      </c>
+      <c r="E28" t="s">
+        <v>39</v>
+      </c>
+      <c r="F28" t="s">
+        <v>39</v>
+      </c>
+      <c r="G28" t="s">
+        <v>39</v>
+      </c>
+      <c r="H28" t="s">
+        <v>39</v>
+      </c>
+      <c r="I28" t="s">
+        <v>39</v>
+      </c>
+      <c r="J28" t="s">
+        <v>39</v>
+      </c>
+      <c r="K28" t="s">
+        <v>39</v>
+      </c>
+      <c r="L28" t="s">
+        <v>39</v>
+      </c>
+      <c r="M28" t="s">
+        <v>39</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>39</v>
+      </c>
+      <c r="P28" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>39</v>
+      </c>
+      <c r="R28" t="s">
+        <v>39</v>
+      </c>
+      <c r="S28" t="s">
+        <v>39</v>
+      </c>
+      <c r="T28" t="s">
+        <v>39</v>
+      </c>
+      <c r="U28" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="29" spans="1:21">
-      <c r="A29" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="A29" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3"/>
+      <c r="P29" s="3"/>
+      <c r="Q29" s="3"/>
+      <c r="R29" s="3"/>
+      <c r="S29" s="3"/>
+      <c r="T29" s="3"/>
+      <c r="U29" s="3"/>
     </row>
     <row r="30" spans="1:21">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="C30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="H30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="I30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="J30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="K30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="L30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="N30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="P30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="Q30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="R30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="S30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="T30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="U30" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31" s="3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
       <c r="P31" s="3"/>
       <c r="Q31" s="3"/>
       <c r="R31" s="3"/>
       <c r="S31" s="3"/>
       <c r="T31" s="3"/>
       <c r="U31" s="3"/>
     </row>
     <row r="32" spans="1:21">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="C32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="E32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="G32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="H32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="I32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="J32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="K32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="L32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="N32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="P32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="Q32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="R32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="S32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="T32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="U32" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:21">
-      <c r="A33" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U33" s="3"/>
+      <c r="A33" s="4"/>
+      <c r="B33" s="4"/>
+      <c r="C33" s="4"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="4"/>
+      <c r="F33" s="4"/>
+      <c r="G33" s="4"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="4"/>
+      <c r="K33" s="4"/>
+      <c r="L33" s="4"/>
+      <c r="M33" s="4"/>
+      <c r="N33" s="4"/>
+      <c r="O33" s="4"/>
+      <c r="P33" s="4"/>
+      <c r="Q33" s="4"/>
+      <c r="R33" s="4"/>
+      <c r="S33" s="4"/>
+      <c r="T33" s="4"/>
+      <c r="U33" s="4"/>
     </row>
     <row r="34" spans="1:21">
-      <c r="A34" t="s">
+      <c r="A34" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+      <c r="J34" s="2"/>
+      <c r="K34" s="2"/>
+      <c r="L34" s="2"/>
+      <c r="M34" s="2"/>
+      <c r="N34" s="2"/>
+      <c r="O34" s="2"/>
+      <c r="P34" s="2"/>
+      <c r="Q34" s="2"/>
+      <c r="R34" s="2"/>
+      <c r="S34" s="2"/>
+      <c r="T34" s="2"/>
+      <c r="U34" s="2"/>
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" s="3"/>
+      <c r="C35" s="3"/>
+      <c r="D35" s="3"/>
+      <c r="E35" s="3"/>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3"/>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3"/>
+      <c r="R35" s="3"/>
+      <c r="S35" s="3"/>
+      <c r="T35" s="3"/>
+      <c r="U35" s="3"/>
+    </row>
+    <row r="36" spans="1:21">
+      <c r="A36" t="s">
         <v>22</v>
       </c>
-      <c r="B34" t="s">
-[...106 lines deleted...]
-      <c r="U36" s="2"/>
+      <c r="B36" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" t="s">
+        <v>41</v>
+      </c>
+      <c r="E36" t="s">
+        <v>41</v>
+      </c>
+      <c r="F36" t="s">
+        <v>41</v>
+      </c>
+      <c r="G36" t="s">
+        <v>41</v>
+      </c>
+      <c r="H36" t="s">
+        <v>41</v>
+      </c>
+      <c r="I36" t="s">
+        <v>41</v>
+      </c>
+      <c r="J36" t="s">
+        <v>41</v>
+      </c>
+      <c r="K36" t="s">
+        <v>41</v>
+      </c>
+      <c r="L36" t="s">
+        <v>41</v>
+      </c>
+      <c r="M36" t="s">
+        <v>41</v>
+      </c>
+      <c r="N36" t="s">
+        <v>41</v>
+      </c>
+      <c r="O36" t="s">
+        <v>41</v>
+      </c>
+      <c r="P36" t="s">
+        <v>41</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>41</v>
+      </c>
+      <c r="R36" t="s">
+        <v>41</v>
+      </c>
+      <c r="S36" t="s">
+        <v>41</v>
+      </c>
+      <c r="T36" t="s">
+        <v>41</v>
+      </c>
+      <c r="U36" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="37" spans="1:21">
-      <c r="A37" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U37" s="3"/>
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
+        <v>42</v>
+      </c>
+      <c r="C37" t="s">
+        <v>42</v>
+      </c>
+      <c r="D37" t="s">
+        <v>42</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>42</v>
+      </c>
+      <c r="H37" t="s">
+        <v>42</v>
+      </c>
+      <c r="I37" t="s">
+        <v>42</v>
+      </c>
+      <c r="J37" t="s">
+        <v>42</v>
+      </c>
+      <c r="K37" t="s">
+        <v>42</v>
+      </c>
+      <c r="L37" t="s">
+        <v>42</v>
+      </c>
+      <c r="M37" t="s">
+        <v>42</v>
+      </c>
+      <c r="N37" t="s">
+        <v>42</v>
+      </c>
+      <c r="O37" t="s">
+        <v>42</v>
+      </c>
+      <c r="P37" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>42</v>
+      </c>
+      <c r="R37" t="s">
+        <v>42</v>
+      </c>
+      <c r="S37" t="s">
+        <v>42</v>
+      </c>
+      <c r="T37" t="s">
+        <v>42</v>
+      </c>
+      <c r="U37" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="38" spans="1:21">
-      <c r="A38" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="A38" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B38" s="3"/>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+      <c r="T38" s="3"/>
+      <c r="U38" s="3"/>
     </row>
     <row r="39" spans="1:21">
       <c r="A39" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="H39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="I39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="J39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="K39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="L39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="M39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="N39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="O39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="Q39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="R39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="S39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="T39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="U39" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40" s="3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
       <c r="P40" s="3"/>
       <c r="Q40" s="3"/>
       <c r="R40" s="3"/>
       <c r="S40" s="3"/>
       <c r="T40" s="3"/>
       <c r="U40" s="3"/>
     </row>
     <row r="41" spans="1:21">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="C41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="D41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="E41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="G41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="H41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="I41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="J41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="K41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="L41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="N41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="O41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="P41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="Q41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="R41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="S41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="T41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="U41" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:21">
-      <c r="A42" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U42" s="3"/>
+      <c r="A42" s="4"/>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="4"/>
+      <c r="I42" s="4"/>
+      <c r="J42" s="4"/>
+      <c r="K42" s="4"/>
+      <c r="L42" s="4"/>
+      <c r="M42" s="4"/>
+      <c r="N42" s="4"/>
+      <c r="O42" s="4"/>
+      <c r="P42" s="4"/>
+      <c r="Q42" s="4"/>
+      <c r="R42" s="4"/>
+      <c r="S42" s="4"/>
+      <c r="T42" s="4"/>
+      <c r="U42" s="4"/>
     </row>
     <row r="43" spans="1:21">
-      <c r="A43" t="s">
+      <c r="A43" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
+      <c r="J43" s="2"/>
+      <c r="K43" s="2"/>
+      <c r="L43" s="2"/>
+      <c r="M43" s="2"/>
+      <c r="N43" s="2"/>
+      <c r="O43" s="2"/>
+      <c r="P43" s="2"/>
+      <c r="Q43" s="2"/>
+      <c r="R43" s="2"/>
+      <c r="S43" s="2"/>
+      <c r="T43" s="2"/>
+      <c r="U43" s="2"/>
+    </row>
+    <row r="44" spans="1:21">
+      <c r="A44" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44" s="3"/>
+      <c r="C44" s="3"/>
+      <c r="D44" s="3"/>
+      <c r="E44" s="3"/>
+      <c r="F44" s="3"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="3"/>
+      <c r="K44" s="3"/>
+      <c r="L44" s="3"/>
+      <c r="M44" s="3"/>
+      <c r="N44" s="3"/>
+      <c r="O44" s="3"/>
+      <c r="P44" s="3"/>
+      <c r="Q44" s="3"/>
+      <c r="R44" s="3"/>
+      <c r="S44" s="3"/>
+      <c r="T44" s="3"/>
+      <c r="U44" s="3"/>
+    </row>
+    <row r="45" spans="1:21">
+      <c r="A45" t="s">
         <v>22</v>
       </c>
-      <c r="B43" t="s">
-[...106 lines deleted...]
-      <c r="U45" s="2"/>
+      <c r="B45" t="s">
+        <v>44</v>
+      </c>
+      <c r="C45" t="s">
+        <v>44</v>
+      </c>
+      <c r="D45" t="s">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>44</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45" t="s">
+        <v>44</v>
+      </c>
+      <c r="I45" t="s">
+        <v>44</v>
+      </c>
+      <c r="J45" t="s">
+        <v>44</v>
+      </c>
+      <c r="K45" t="s">
+        <v>44</v>
+      </c>
+      <c r="L45" t="s">
+        <v>44</v>
+      </c>
+      <c r="M45" t="s">
+        <v>44</v>
+      </c>
+      <c r="N45" t="s">
+        <v>44</v>
+      </c>
+      <c r="O45" t="s">
+        <v>44</v>
+      </c>
+      <c r="P45" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>44</v>
+      </c>
+      <c r="R45" t="s">
+        <v>44</v>
+      </c>
+      <c r="S45" t="s">
+        <v>44</v>
+      </c>
+      <c r="T45" t="s">
+        <v>44</v>
+      </c>
+      <c r="U45" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="46" spans="1:21">
-      <c r="A46" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U46" s="3"/>
+      <c r="A46" t="s">
+        <v>28</v>
+      </c>
+      <c r="B46" t="s">
+        <v>45</v>
+      </c>
+      <c r="C46" t="s">
+        <v>45</v>
+      </c>
+      <c r="D46" t="s">
+        <v>45</v>
+      </c>
+      <c r="E46" t="s">
+        <v>45</v>
+      </c>
+      <c r="F46" t="s">
+        <v>45</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46" t="s">
+        <v>45</v>
+      </c>
+      <c r="I46" t="s">
+        <v>45</v>
+      </c>
+      <c r="J46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K46" t="s">
+        <v>45</v>
+      </c>
+      <c r="L46" t="s">
+        <v>45</v>
+      </c>
+      <c r="M46" t="s">
+        <v>45</v>
+      </c>
+      <c r="N46" t="s">
+        <v>45</v>
+      </c>
+      <c r="O46" t="s">
+        <v>45</v>
+      </c>
+      <c r="P46" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>45</v>
+      </c>
+      <c r="R46" t="s">
+        <v>45</v>
+      </c>
+      <c r="S46" t="s">
+        <v>45</v>
+      </c>
+      <c r="T46" t="s">
+        <v>45</v>
+      </c>
+      <c r="U46" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="47" spans="1:21">
-      <c r="A47" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="A47" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B47" s="3"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3"/>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="3"/>
+      <c r="J47" s="3"/>
+      <c r="K47" s="3"/>
+      <c r="L47" s="3"/>
+      <c r="M47" s="3"/>
+      <c r="N47" s="3"/>
+      <c r="O47" s="3"/>
+      <c r="P47" s="3"/>
+      <c r="Q47" s="3"/>
+      <c r="R47" s="3"/>
+      <c r="S47" s="3"/>
+      <c r="T47" s="3"/>
+      <c r="U47" s="3"/>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="B48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="C48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="E48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="G48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="H48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="I48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="J48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="K48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="L48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="N48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="O48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="P48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="Q48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="R48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="S48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="T48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="U48" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="49" spans="1:21">
-      <c r="A49" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U49" s="3"/>
+      <c r="A49" s="4"/>
+      <c r="B49" s="4"/>
+      <c r="C49" s="4"/>
+      <c r="D49" s="4"/>
+      <c r="E49" s="4"/>
+      <c r="F49" s="4"/>
+      <c r="G49" s="4"/>
+      <c r="H49" s="4"/>
+      <c r="I49" s="4"/>
+      <c r="J49" s="4"/>
+      <c r="K49" s="4"/>
+      <c r="L49" s="4"/>
+      <c r="M49" s="4"/>
+      <c r="N49" s="4"/>
+      <c r="O49" s="4"/>
+      <c r="P49" s="4"/>
+      <c r="Q49" s="4"/>
+      <c r="R49" s="4"/>
+      <c r="S49" s="4"/>
+      <c r="T49" s="4"/>
+      <c r="U49" s="4"/>
     </row>
     <row r="50" spans="1:21">
-      <c r="A50" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="A50" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+      <c r="J50" s="2"/>
+      <c r="K50" s="2"/>
+      <c r="L50" s="2"/>
+      <c r="M50" s="2"/>
+      <c r="N50" s="2"/>
+      <c r="O50" s="2"/>
+      <c r="P50" s="2"/>
+      <c r="Q50" s="2"/>
+      <c r="R50" s="2"/>
+      <c r="S50" s="2"/>
+      <c r="T50" s="2"/>
+      <c r="U50" s="2"/>
     </row>
     <row r="51" spans="1:21">
-      <c r="A51" s="4"/>
-[...19 lines deleted...]
-      <c r="U51" s="4"/>
+      <c r="A51" t="s">
+        <v>47</v>
+      </c>
+      <c r="B51" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="52" spans="1:21">
-      <c r="A52" s="2" t="s">
-[...21 lines deleted...]
-      <c r="U52" s="2"/>
+      <c r="A52" t="s">
+        <v>49</v>
+      </c>
+      <c r="B52" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="53" spans="1:21">
-      <c r="A53" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U53" s="3"/>
+      <c r="A53" t="s">
+        <v>50</v>
+      </c>
+      <c r="B53" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="B54" t="s">
-        <v>27</v>
-[...56 lines deleted...]
-        <v>27</v>
+        <v>51</v>
       </c>
     </row>
     <row r="55" spans="1:21">
-      <c r="A55" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U55" s="3"/>
+      <c r="A55" t="s">
+        <v>53</v>
+      </c>
+      <c r="B55" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>27</v>
-[...56 lines deleted...]
-        <v>27</v>
+        <v>56</v>
       </c>
     </row>
     <row r="57" spans="1:21">
-      <c r="A57" s="3" t="s">
-[...21 lines deleted...]
-      <c r="U57" s="3"/>
+      <c r="A57" t="s">
+        <v>57</v>
+      </c>
+      <c r="B57" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="B58" t="s">
-        <v>27</v>
-[...56 lines deleted...]
-        <v>27</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:21">
-      <c r="A59" s="4"/>
-[...19 lines deleted...]
-      <c r="U59" s="4"/>
+      <c r="A59" t="s">
+        <v>61</v>
+      </c>
+      <c r="B59" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="60" spans="1:21">
-      <c r="A60" s="2" t="s">
-[...21 lines deleted...]
-      <c r="U60" s="2"/>
+      <c r="A60" t="s">
+        <v>63</v>
+      </c>
+      <c r="B60" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="B61" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B62" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="B63" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:21">
-      <c r="A65" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A65" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B65" s="1"/>
+      <c r="C65" s="1"/>
+      <c r="D65" s="1"/>
+      <c r="E65" s="1"/>
+      <c r="F65" s="1"/>
+      <c r="G65" s="1"/>
+      <c r="H65" s="1"/>
+      <c r="I65" s="1"/>
+      <c r="J65" s="1"/>
+      <c r="K65" s="1"/>
+      <c r="L65" s="1"/>
+      <c r="M65" s="1"/>
+      <c r="N65" s="1"/>
+      <c r="O65" s="1"/>
+      <c r="P65" s="1"/>
+      <c r="Q65" s="1"/>
+      <c r="R65" s="1"/>
+      <c r="S65" s="1"/>
+      <c r="T65" s="1"/>
+      <c r="U65" s="1"/>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
-        <v>51</v>
-[...88 lines deleted...]
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A76:U76"/>
+    <mergeCell ref="A66:U66"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>