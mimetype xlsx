--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -224,54 +224,54 @@
   <si>
     <t>57000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение СПУТНИК-КАМЧАТКА 4*</t>
   </si>
   <si>
     <t>54000 RUB</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение АКВА РЕЗОРТ КАМЧАТКА</t>
   </si>
   <si>
     <t>38000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 09.12.2025 01:28, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 27.01.2026 06:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>