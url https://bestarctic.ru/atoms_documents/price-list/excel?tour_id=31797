--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="31797-svidanie-s-kamchatk..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>04.07.2026</t>
   </si>
   <si>
     <t>10.07.2026</t>
   </si>
   <si>
     <t>16.07.2026</t>
   </si>
   <si>
     <t>19.07.2026</t>
   </si>
   <si>
     <t>22.07.2026</t>
   </si>
   <si>
     <t>25.07.2026</t>
   </si>
   <si>
     <t>28.07.2026</t>
   </si>
   <si>
     <t>31.07.2026</t>
   </si>
   <si>
@@ -83,116 +83,146 @@
   <si>
     <t>24.08.2026</t>
   </si>
   <si>
     <t>02.09.2026</t>
   </si>
   <si>
     <t>08.09.2026</t>
   </si>
   <si>
     <t>14.09.2026</t>
   </si>
   <si>
     <t>20.09.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>122400 RUB</t>
+    <t>136000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 5—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Гост.комплекс АКВА РЕЗОРТ КАМЧАТКА + Отель Гейзер 3*</t>
   </si>
   <si>
     <t>Комфорт 2-местный</t>
   </si>
   <si>
+    <t>192000 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 5—14 лет на дополнительном месте</t>
+  </si>
+  <si>
     <t>172800 RUB</t>
   </si>
   <si>
-    <t>Ребёнок 5—14 лет на дополнительном месте</t>
-[...4 lines deleted...]
-  <si>
     <t>Размещение в 2-местном номере (с подселением)</t>
   </si>
   <si>
     <t>Одноместное размещение с доплатой</t>
   </si>
   <si>
     <t>База отдыха КРЕЧЕТ 3* + Отель Гейзер 3*</t>
   </si>
   <si>
     <t>Стандарт 2-местный</t>
   </si>
   <si>
+    <t>194000 RUB</t>
+  </si>
+  <si>
     <t>174600 RUB</t>
   </si>
   <si>
-    <t>157140 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Одноместное размещение с доплатой </t>
   </si>
   <si>
     <t>SPA-отель СПУТНИК-КАМЧАТКА 4* + Отель Русский двор 3*</t>
   </si>
   <si>
+    <t>214000 RUB</t>
+  </si>
+  <si>
     <t>192600 RUB</t>
   </si>
   <si>
-    <t>173340 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>SPA-отель СПУТНИК 5* + Отель Русский двор 3*</t>
   </si>
   <si>
+    <t>218800 RUB</t>
+  </si>
+  <si>
     <t>196920 RUB</t>
   </si>
   <si>
-    <t>177228 RUB</t>
+    <t>Отель ТАЙНЫ КАМЧАТКИ 5* + отель Русский Двор 3*</t>
+  </si>
+  <si>
+    <t>Стандартный 2-местный</t>
+  </si>
+  <si>
+    <t>293000 RUB</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Взрослый на дополнительном месте</t>
+  </si>
+  <si>
+    <t>263700 RUB</t>
+  </si>
+  <si>
+    <t>КАМЧАТКА ШАЛЕ 5* +  отель Русский Двор 3*</t>
+  </si>
+  <si>
+    <t>262000 RUB</t>
+  </si>
+  <si>
+    <t>235800 RUB</t>
   </si>
   <si>
     <t>Отель ТАЙНЫ КАМЧАТКИ 5* / КАМЧАТКА ШАЛЕ 5*  +  отель Русский Двор 3*</t>
   </si>
   <si>
     <t>302400 RUB</t>
   </si>
   <si>
+    <t>Ребёнок — лет на основном месте</t>
+  </si>
+  <si>
     <t>272160 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (аэропорт-отель), за 1 чел.</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (отель-аэропорт), за 1 чел.</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 3 чел.</t>
   </si>
   <si>
     <t>6000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 3 чел.</t>
   </si>
   <si>
     <t>Доплата за иностранного гражданина</t>
@@ -227,51 +257,51 @@
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение СПУТНИК-КАМЧАТКА 4*</t>
   </si>
   <si>
     <t>54000 RUB</t>
   </si>
   <si>
     <t>Доплата за 1-местное размещение АКВА РЕЗОРТ КАМЧАТКА</t>
   </si>
   <si>
     <t>38000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 27.01.2026 06:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 13.03.2026 14:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -613,54 +643,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U66"/>
+  <dimension ref="A1:U81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A65" sqref="A65:U65"/>
+      <selection activeCell="A80" sqref="A80:U80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.265869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -2469,479 +2499,1124 @@
         <v>43</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
       <c r="K43" s="2"/>
       <c r="L43" s="2"/>
       <c r="M43" s="2"/>
       <c r="N43" s="2"/>
       <c r="O43" s="2"/>
       <c r="P43" s="2"/>
       <c r="Q43" s="2"/>
       <c r="R43" s="2"/>
       <c r="S43" s="2"/>
       <c r="T43" s="2"/>
       <c r="U43" s="2"/>
     </row>
     <row r="44" spans="1:21">
       <c r="A44" s="3" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
       <c r="N44" s="3"/>
       <c r="O44" s="3"/>
       <c r="P44" s="3"/>
       <c r="Q44" s="3"/>
       <c r="R44" s="3"/>
       <c r="S44" s="3"/>
       <c r="T44" s="3"/>
       <c r="U44" s="3"/>
     </row>
     <row r="45" spans="1:21">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="J45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="M45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="N45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="O45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="Q45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="R45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="S45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="T45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="U45" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="B46" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Q46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="R46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="S46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="T46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="U46" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B47" s="3"/>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
       <c r="N47" s="3"/>
       <c r="O47" s="3"/>
       <c r="P47" s="3"/>
       <c r="Q47" s="3"/>
       <c r="R47" s="3"/>
       <c r="S47" s="3"/>
       <c r="T47" s="3"/>
       <c r="U47" s="3"/>
     </row>
     <row r="48" spans="1:21">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="J48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="M48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="N48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="O48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="Q48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="R48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="S48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="T48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="U48" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
       <c r="I49" s="4"/>
       <c r="J49" s="4"/>
       <c r="K49" s="4"/>
       <c r="L49" s="4"/>
       <c r="M49" s="4"/>
       <c r="N49" s="4"/>
       <c r="O49" s="4"/>
       <c r="P49" s="4"/>
       <c r="Q49" s="4"/>
       <c r="R49" s="4"/>
       <c r="S49" s="4"/>
       <c r="T49" s="4"/>
       <c r="U49" s="4"/>
     </row>
     <row r="50" spans="1:21">
       <c r="A50" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
       <c r="J50" s="2"/>
       <c r="K50" s="2"/>
       <c r="L50" s="2"/>
       <c r="M50" s="2"/>
       <c r="N50" s="2"/>
       <c r="O50" s="2"/>
       <c r="P50" s="2"/>
       <c r="Q50" s="2"/>
       <c r="R50" s="2"/>
       <c r="S50" s="2"/>
       <c r="T50" s="2"/>
       <c r="U50" s="2"/>
     </row>
     <row r="51" spans="1:21">
-      <c r="A51" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A51" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B51" s="3"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+      <c r="T51" s="3"/>
+      <c r="U51" s="3"/>
     </row>
     <row r="52" spans="1:21">
       <c r="A52" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="B52" t="s">
-        <v>48</v>
+        <v>50</v>
+      </c>
+      <c r="C52" t="s">
+        <v>46</v>
+      </c>
+      <c r="D52" t="s">
+        <v>46</v>
+      </c>
+      <c r="E52" t="s">
+        <v>46</v>
+      </c>
+      <c r="F52" t="s">
+        <v>46</v>
+      </c>
+      <c r="G52" t="s">
+        <v>46</v>
+      </c>
+      <c r="H52" t="s">
+        <v>46</v>
+      </c>
+      <c r="I52" t="s">
+        <v>46</v>
+      </c>
+      <c r="J52" t="s">
+        <v>46</v>
+      </c>
+      <c r="K52" t="s">
+        <v>46</v>
+      </c>
+      <c r="L52" t="s">
+        <v>46</v>
+      </c>
+      <c r="M52" t="s">
+        <v>46</v>
+      </c>
+      <c r="N52" t="s">
+        <v>46</v>
+      </c>
+      <c r="O52" t="s">
+        <v>46</v>
+      </c>
+      <c r="P52" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>46</v>
+      </c>
+      <c r="R52" t="s">
+        <v>46</v>
+      </c>
+      <c r="S52" t="s">
+        <v>46</v>
+      </c>
+      <c r="T52" t="s">
+        <v>46</v>
+      </c>
+      <c r="U52" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B53" t="s">
         <v>51</v>
       </c>
+      <c r="C53" t="s">
+        <v>46</v>
+      </c>
+      <c r="D53" t="s">
+        <v>46</v>
+      </c>
+      <c r="E53" t="s">
+        <v>46</v>
+      </c>
+      <c r="F53" t="s">
+        <v>46</v>
+      </c>
+      <c r="G53" t="s">
+        <v>46</v>
+      </c>
+      <c r="H53" t="s">
+        <v>46</v>
+      </c>
+      <c r="I53" t="s">
+        <v>46</v>
+      </c>
+      <c r="J53" t="s">
+        <v>46</v>
+      </c>
+      <c r="K53" t="s">
+        <v>46</v>
+      </c>
+      <c r="L53" t="s">
+        <v>46</v>
+      </c>
+      <c r="M53" t="s">
+        <v>46</v>
+      </c>
+      <c r="N53" t="s">
+        <v>46</v>
+      </c>
+      <c r="O53" t="s">
+        <v>46</v>
+      </c>
+      <c r="P53" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>46</v>
+      </c>
+      <c r="R53" t="s">
+        <v>46</v>
+      </c>
+      <c r="S53" t="s">
+        <v>46</v>
+      </c>
+      <c r="T53" t="s">
+        <v>46</v>
+      </c>
+      <c r="U53" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="54" spans="1:21">
-      <c r="A54" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A54" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B54" s="3"/>
+      <c r="C54" s="3"/>
+      <c r="D54" s="3"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="3"/>
+      <c r="H54" s="3"/>
+      <c r="I54" s="3"/>
+      <c r="J54" s="3"/>
+      <c r="K54" s="3"/>
+      <c r="L54" s="3"/>
+      <c r="M54" s="3"/>
+      <c r="N54" s="3"/>
+      <c r="O54" s="3"/>
+      <c r="P54" s="3"/>
+      <c r="Q54" s="3"/>
+      <c r="R54" s="3"/>
+      <c r="S54" s="3"/>
+      <c r="T54" s="3"/>
+      <c r="U54" s="3"/>
     </row>
     <row r="55" spans="1:21">
       <c r="A55" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="B55" t="s">
-        <v>54</v>
+        <v>50</v>
+      </c>
+      <c r="C55" t="s">
+        <v>46</v>
+      </c>
+      <c r="D55" t="s">
+        <v>46</v>
+      </c>
+      <c r="E55" t="s">
+        <v>46</v>
+      </c>
+      <c r="F55" t="s">
+        <v>46</v>
+      </c>
+      <c r="G55" t="s">
+        <v>46</v>
+      </c>
+      <c r="H55" t="s">
+        <v>46</v>
+      </c>
+      <c r="I55" t="s">
+        <v>46</v>
+      </c>
+      <c r="J55" t="s">
+        <v>46</v>
+      </c>
+      <c r="K55" t="s">
+        <v>46</v>
+      </c>
+      <c r="L55" t="s">
+        <v>46</v>
+      </c>
+      <c r="M55" t="s">
+        <v>46</v>
+      </c>
+      <c r="N55" t="s">
+        <v>46</v>
+      </c>
+      <c r="O55" t="s">
+        <v>46</v>
+      </c>
+      <c r="P55" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>46</v>
+      </c>
+      <c r="R55" t="s">
+        <v>46</v>
+      </c>
+      <c r="S55" t="s">
+        <v>46</v>
+      </c>
+      <c r="T55" t="s">
+        <v>46</v>
+      </c>
+      <c r="U55" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="56" spans="1:21">
-      <c r="A56" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A56" s="4"/>
+      <c r="B56" s="4"/>
+      <c r="C56" s="4"/>
+      <c r="D56" s="4"/>
+      <c r="E56" s="4"/>
+      <c r="F56" s="4"/>
+      <c r="G56" s="4"/>
+      <c r="H56" s="4"/>
+      <c r="I56" s="4"/>
+      <c r="J56" s="4"/>
+      <c r="K56" s="4"/>
+      <c r="L56" s="4"/>
+      <c r="M56" s="4"/>
+      <c r="N56" s="4"/>
+      <c r="O56" s="4"/>
+      <c r="P56" s="4"/>
+      <c r="Q56" s="4"/>
+      <c r="R56" s="4"/>
+      <c r="S56" s="4"/>
+      <c r="T56" s="4"/>
+      <c r="U56" s="4"/>
     </row>
     <row r="57" spans="1:21">
-      <c r="A57" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A57" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+      <c r="J57" s="2"/>
+      <c r="K57" s="2"/>
+      <c r="L57" s="2"/>
+      <c r="M57" s="2"/>
+      <c r="N57" s="2"/>
+      <c r="O57" s="2"/>
+      <c r="P57" s="2"/>
+      <c r="Q57" s="2"/>
+      <c r="R57" s="2"/>
+      <c r="S57" s="2"/>
+      <c r="T57" s="2"/>
+      <c r="U57" s="2"/>
     </row>
     <row r="58" spans="1:21">
-      <c r="A58" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A58" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B58" s="3"/>
+      <c r="C58" s="3"/>
+      <c r="D58" s="3"/>
+      <c r="E58" s="3"/>
+      <c r="F58" s="3"/>
+      <c r="G58" s="3"/>
+      <c r="H58" s="3"/>
+      <c r="I58" s="3"/>
+      <c r="J58" s="3"/>
+      <c r="K58" s="3"/>
+      <c r="L58" s="3"/>
+      <c r="M58" s="3"/>
+      <c r="N58" s="3"/>
+      <c r="O58" s="3"/>
+      <c r="P58" s="3"/>
+      <c r="Q58" s="3"/>
+      <c r="R58" s="3"/>
+      <c r="S58" s="3"/>
+      <c r="T58" s="3"/>
+      <c r="U58" s="3"/>
     </row>
     <row r="59" spans="1:21">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="B59" t="s">
-        <v>62</v>
+        <v>46</v>
+      </c>
+      <c r="C59" t="s">
+        <v>53</v>
+      </c>
+      <c r="D59" t="s">
+        <v>53</v>
+      </c>
+      <c r="E59" t="s">
+        <v>53</v>
+      </c>
+      <c r="F59" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" t="s">
+        <v>53</v>
+      </c>
+      <c r="H59" t="s">
+        <v>53</v>
+      </c>
+      <c r="I59" t="s">
+        <v>53</v>
+      </c>
+      <c r="J59" t="s">
+        <v>53</v>
+      </c>
+      <c r="K59" t="s">
+        <v>53</v>
+      </c>
+      <c r="L59" t="s">
+        <v>53</v>
+      </c>
+      <c r="M59" t="s">
+        <v>53</v>
+      </c>
+      <c r="N59" t="s">
+        <v>53</v>
+      </c>
+      <c r="O59" t="s">
+        <v>53</v>
+      </c>
+      <c r="P59" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>53</v>
+      </c>
+      <c r="R59" t="s">
+        <v>53</v>
+      </c>
+      <c r="S59" t="s">
+        <v>53</v>
+      </c>
+      <c r="T59" t="s">
+        <v>53</v>
+      </c>
+      <c r="U59" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="B60" t="s">
-        <v>64</v>
+        <v>46</v>
+      </c>
+      <c r="C60" t="s">
+        <v>46</v>
+      </c>
+      <c r="D60" t="s">
+        <v>46</v>
+      </c>
+      <c r="E60" t="s">
+        <v>46</v>
+      </c>
+      <c r="F60" t="s">
+        <v>46</v>
+      </c>
+      <c r="G60" t="s">
+        <v>46</v>
+      </c>
+      <c r="H60" t="s">
+        <v>46</v>
+      </c>
+      <c r="I60" t="s">
+        <v>46</v>
+      </c>
+      <c r="J60" t="s">
+        <v>46</v>
+      </c>
+      <c r="K60" t="s">
+        <v>46</v>
+      </c>
+      <c r="L60" t="s">
+        <v>46</v>
+      </c>
+      <c r="M60" t="s">
+        <v>46</v>
+      </c>
+      <c r="N60" t="s">
+        <v>46</v>
+      </c>
+      <c r="O60" t="s">
+        <v>46</v>
+      </c>
+      <c r="P60" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>46</v>
+      </c>
+      <c r="R60" t="s">
+        <v>46</v>
+      </c>
+      <c r="S60" t="s">
+        <v>46</v>
+      </c>
+      <c r="T60" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="B61" t="s">
-        <v>64</v>
+        <v>55</v>
+      </c>
+      <c r="C61" t="s">
+        <v>55</v>
+      </c>
+      <c r="D61" t="s">
+        <v>55</v>
+      </c>
+      <c r="E61" t="s">
+        <v>55</v>
+      </c>
+      <c r="F61" t="s">
+        <v>55</v>
+      </c>
+      <c r="G61" t="s">
+        <v>55</v>
+      </c>
+      <c r="H61" t="s">
+        <v>55</v>
+      </c>
+      <c r="I61" t="s">
+        <v>55</v>
+      </c>
+      <c r="J61" t="s">
+        <v>55</v>
+      </c>
+      <c r="K61" t="s">
+        <v>55</v>
+      </c>
+      <c r="L61" t="s">
+        <v>55</v>
+      </c>
+      <c r="M61" t="s">
+        <v>55</v>
+      </c>
+      <c r="N61" t="s">
+        <v>55</v>
+      </c>
+      <c r="O61" t="s">
+        <v>55</v>
+      </c>
+      <c r="P61" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>55</v>
+      </c>
+      <c r="R61" t="s">
+        <v>55</v>
+      </c>
+      <c r="S61" t="s">
+        <v>55</v>
+      </c>
+      <c r="T61" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="62" spans="1:21">
-      <c r="A62" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A62" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B62" s="3"/>
+      <c r="C62" s="3"/>
+      <c r="D62" s="3"/>
+      <c r="E62" s="3"/>
+      <c r="F62" s="3"/>
+      <c r="G62" s="3"/>
+      <c r="H62" s="3"/>
+      <c r="I62" s="3"/>
+      <c r="J62" s="3"/>
+      <c r="K62" s="3"/>
+      <c r="L62" s="3"/>
+      <c r="M62" s="3"/>
+      <c r="N62" s="3"/>
+      <c r="O62" s="3"/>
+      <c r="P62" s="3"/>
+      <c r="Q62" s="3"/>
+      <c r="R62" s="3"/>
+      <c r="S62" s="3"/>
+      <c r="T62" s="3"/>
+      <c r="U62" s="3"/>
     </row>
     <row r="63" spans="1:21">
       <c r="A63" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B63" t="s">
-        <v>69</v>
-      </c>
+        <v>46</v>
+      </c>
+      <c r="C63" t="s">
+        <v>53</v>
+      </c>
+      <c r="D63" t="s">
+        <v>53</v>
+      </c>
+      <c r="E63" t="s">
+        <v>53</v>
+      </c>
+      <c r="F63" t="s">
+        <v>53</v>
+      </c>
+      <c r="G63" t="s">
+        <v>53</v>
+      </c>
+      <c r="H63" t="s">
+        <v>53</v>
+      </c>
+      <c r="I63" t="s">
+        <v>53</v>
+      </c>
+      <c r="J63" t="s">
+        <v>53</v>
+      </c>
+      <c r="K63" t="s">
+        <v>53</v>
+      </c>
+      <c r="L63" t="s">
+        <v>53</v>
+      </c>
+      <c r="M63" t="s">
+        <v>53</v>
+      </c>
+      <c r="N63" t="s">
+        <v>53</v>
+      </c>
+      <c r="O63" t="s">
+        <v>53</v>
+      </c>
+      <c r="P63" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>53</v>
+      </c>
+      <c r="R63" t="s">
+        <v>53</v>
+      </c>
+      <c r="S63" t="s">
+        <v>53</v>
+      </c>
+      <c r="T63" t="s">
+        <v>53</v>
+      </c>
+      <c r="U63" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21">
+      <c r="A64" s="4"/>
+      <c r="B64" s="4"/>
+      <c r="C64" s="4"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="4"/>
+      <c r="F64" s="4"/>
+      <c r="G64" s="4"/>
+      <c r="H64" s="4"/>
+      <c r="I64" s="4"/>
+      <c r="J64" s="4"/>
+      <c r="K64" s="4"/>
+      <c r="L64" s="4"/>
+      <c r="M64" s="4"/>
+      <c r="N64" s="4"/>
+      <c r="O64" s="4"/>
+      <c r="P64" s="4"/>
+      <c r="Q64" s="4"/>
+      <c r="R64" s="4"/>
+      <c r="S64" s="4"/>
+      <c r="T64" s="4"/>
+      <c r="U64" s="4"/>
     </row>
     <row r="65" spans="1:21">
-      <c r="A65" s="1" t="s">
-[...21 lines deleted...]
-      <c r="U65" s="1"/>
+      <c r="A65" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+      <c r="J65" s="2"/>
+      <c r="K65" s="2"/>
+      <c r="L65" s="2"/>
+      <c r="M65" s="2"/>
+      <c r="N65" s="2"/>
+      <c r="O65" s="2"/>
+      <c r="P65" s="2"/>
+      <c r="Q65" s="2"/>
+      <c r="R65" s="2"/>
+      <c r="S65" s="2"/>
+      <c r="T65" s="2"/>
+      <c r="U65" s="2"/>
     </row>
     <row r="66" spans="1:21">
       <c r="A66" t="s">
+        <v>57</v>
+      </c>
+      <c r="B66" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21">
+      <c r="A67" t="s">
+        <v>59</v>
+      </c>
+      <c r="B67" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21">
+      <c r="A68" t="s">
+        <v>60</v>
+      </c>
+      <c r="B68" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21">
+      <c r="A69" t="s">
+        <v>62</v>
+      </c>
+      <c r="B69" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21">
+      <c r="A70" t="s">
+        <v>63</v>
+      </c>
+      <c r="B70" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="71" spans="1:21">
+      <c r="A71" t="s">
+        <v>65</v>
+      </c>
+      <c r="B71" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="72" spans="1:21">
+      <c r="A72" t="s">
+        <v>67</v>
+      </c>
+      <c r="B72" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="73" spans="1:21">
+      <c r="A73" t="s">
+        <v>69</v>
+      </c>
+      <c r="B73" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="74" spans="1:21">
+      <c r="A74" t="s">
         <v>71</v>
+      </c>
+      <c r="B74" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="75" spans="1:21">
+      <c r="A75" t="s">
+        <v>73</v>
+      </c>
+      <c r="B75" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="76" spans="1:21">
+      <c r="A76" t="s">
+        <v>75</v>
+      </c>
+      <c r="B76" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="77" spans="1:21">
+      <c r="A77" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="78" spans="1:21">
+      <c r="A78" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="80" spans="1:21">
+      <c r="A80" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B80" s="1"/>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1"/>
+      <c r="H80" s="1"/>
+      <c r="I80" s="1"/>
+      <c r="J80" s="1"/>
+      <c r="K80" s="1"/>
+      <c r="L80" s="1"/>
+      <c r="M80" s="1"/>
+      <c r="N80" s="1"/>
+      <c r="O80" s="1"/>
+      <c r="P80" s="1"/>
+      <c r="Q80" s="1"/>
+      <c r="R80" s="1"/>
+      <c r="S80" s="1"/>
+      <c r="T80" s="1"/>
+      <c r="U80" s="1"/>
+    </row>
+    <row r="81" spans="1:21">
+      <c r="A81" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A66:U66"/>
+    <mergeCell ref="A81:U81"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>