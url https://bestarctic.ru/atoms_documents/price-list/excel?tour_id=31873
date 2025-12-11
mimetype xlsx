--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="mnogogrannaya-kamchatka-a..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>08.07.2026</t>
   </si>
   <si>
     <t>12.07.2026</t>
   </si>
   <si>
     <t>16.07.2026</t>
   </si>
   <si>
     <t>20.07.2026</t>
   </si>
   <si>
     <t>24.07.2026</t>
   </si>
   <si>
     <t>28.07.2026</t>
   </si>
   <si>
     <t>01.08.2026</t>
   </si>
   <si>
     <t>05.08.2026</t>
   </si>
   <si>
@@ -74,66 +74,69 @@
   <si>
     <t>25.08.2026</t>
   </si>
   <si>
     <t>29.08.2026</t>
   </si>
   <si>
     <t>02.09.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>189000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 8—17 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>Размещение по программе: SPA-отель Спутник-Камчатка 5*, гостевой дом, 2 ночи в палатке, гостевой дом, отель 3*</t>
+    <t>Размещение по программе: SPA-отель Спутник-Камчатка 4*, гостевой дом, 2 ночи в палатке, отель 3*</t>
   </si>
   <si>
     <t>Стандарт 2-местный</t>
   </si>
   <si>
-    <t>0 RUB</t>
+    <t>272700 RUB</t>
   </si>
   <si>
     <t>Ребёнок 8—14 лет на дополнительном месте</t>
   </si>
   <si>
+    <t>245430 RUB</t>
+  </si>
+  <si>
     <t>Размещение в 2-местном номере (с подселением)</t>
   </si>
   <si>
-    <t>Одноместное размещение с доплатой (55 000 руб.)</t>
+    <t>Одноместное размещение с доплатой</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Аренда снаряжения (СПАЛЬНИК) на 1 чел</t>
   </si>
   <si>
     <t>3200 RUB</t>
   </si>
   <si>
     <t>Аренда снаряжения (ТРЕККИНГОВЫЕ ПАЛКИ) на 1 чел.</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (аэропорт-отель), за 1 чел.</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (отель-аэропорт), за 1 чел.</t>
   </si>
@@ -155,51 +158,51 @@
   <si>
     <t>Доплата за иностранного гражданина</t>
   </si>
   <si>
     <t>5500 RUB</t>
   </si>
   <si>
     <t>Доплата за переводчика (англ.)</t>
   </si>
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 24.10.2025 08:21, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 11.12.2025 06:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -549,51 +552,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A31" sqref="A31:P31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="130.825195" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.257813" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
@@ -868,98 +871,98 @@
       </c>
       <c r="K9" t="s">
         <v>22</v>
       </c>
       <c r="L9" t="s">
         <v>22</v>
       </c>
       <c r="M9" t="s">
         <v>22</v>
       </c>
       <c r="N9" t="s">
         <v>22</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="I10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="O10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="P10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>
       <c r="C12" t="s">
@@ -985,51 +988,51 @@
       </c>
       <c r="J12" t="s">
         <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
       <c r="L12" t="s">
         <v>22</v>
       </c>
       <c r="M12" t="s">
         <v>22</v>
       </c>
       <c r="N12" t="s">
         <v>22</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
         <v>22</v>
       </c>
       <c r="C14" t="s">
@@ -1073,195 +1076,195 @@
       </c>
       <c r="P14" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>37</v>
+      </c>
+      <c r="B22" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B23" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A32:P32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>