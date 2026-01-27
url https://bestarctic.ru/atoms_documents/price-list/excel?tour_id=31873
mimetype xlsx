--- v1 (2025-12-11)
+++ v2 (2026-01-27)
@@ -155,54 +155,54 @@
   <si>
     <t>64000 RUB</t>
   </si>
   <si>
     <t>Доплата за иностранного гражданина</t>
   </si>
   <si>
     <t>5500 RUB</t>
   </si>
   <si>
     <t>Доплата за переводчика (англ.)</t>
   </si>
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 11.12.2025 06:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 27.01.2026 06:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>