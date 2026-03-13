--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -68,71 +68,71 @@
   <si>
     <t>17.08.2026</t>
   </si>
   <si>
     <t>21.08.2026</t>
   </si>
   <si>
     <t>25.08.2026</t>
   </si>
   <si>
     <t>29.08.2026</t>
   </si>
   <si>
     <t>02.09.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>189000 RUB</t>
+    <t>210000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 8—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Размещение по программе: SPA-отель Спутник-Камчатка 4*, гостевой дом, 2 ночи в палатке, отель 3*</t>
   </si>
   <si>
     <t>Стандарт 2-местный</t>
   </si>
   <si>
+    <t>303000 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 8—14 лет на дополнительном месте</t>
+  </si>
+  <si>
     <t>272700 RUB</t>
   </si>
   <si>
-    <t>Ребёнок 8—14 лет на дополнительном месте</t>
-[...4 lines deleted...]
-  <si>
     <t>Размещение в 2-местном номере (с подселением)</t>
   </si>
   <si>
     <t>Одноместное размещение с доплатой</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Аренда снаряжения (СПАЛЬНИК) на 1 чел</t>
   </si>
   <si>
     <t>3200 RUB</t>
   </si>
   <si>
     <t>Аренда снаряжения (ТРЕККИНГОВЫЕ ПАЛКИ) на 1 чел.</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (аэропорт-отель), за 1 чел.</t>
   </si>
   <si>
     <t>1500 RUB</t>
@@ -158,51 +158,51 @@
   <si>
     <t>Доплата за иностранного гражданина</t>
   </si>
   <si>
     <t>5500 RUB</t>
   </si>
   <si>
     <t>Доплата за переводчика (англ.)</t>
   </si>
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 27.01.2026 06:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 13.03.2026 13:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>