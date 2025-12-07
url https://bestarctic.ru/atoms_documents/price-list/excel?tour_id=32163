--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -155,51 +155,51 @@
   <si>
     <t>Доплата за иностранного гражданина</t>
   </si>
   <si>
     <t>5500 RUB</t>
   </si>
   <si>
     <t>Доплата за переводчика (англ.)</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 23.10.2025 22:44, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 08.12.2025 04:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>