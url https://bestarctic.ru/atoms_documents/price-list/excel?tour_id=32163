--- v1 (2025-12-07)
+++ v2 (2026-03-07)
@@ -68,72 +68,72 @@
   <si>
     <t>17.08.2026</t>
   </si>
   <si>
     <t>21.08.2026</t>
   </si>
   <si>
     <t>25.08.2026</t>
   </si>
   <si>
     <t>29.08.2026</t>
   </si>
   <si>
     <t>02.09.2026</t>
   </si>
   <si>
     <t>Размещение по программе: SPA-отель Спутник-Камчатка 4*, гостевой дом, 2 ночи в палатке, отель 3*</t>
   </si>
   <si>
     <t>Стандарт 2-местный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>250000 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 8—14 лет на дополнительном месте</t>
+  </si>
+  <si>
     <t>225000 RUB</t>
   </si>
   <si>
-    <t>Ребёнок 8—14 лет на дополнительном месте</t>
-[...4 lines deleted...]
-  <si>
     <t>Размещение в 2-местном номере (с подселением)</t>
   </si>
   <si>
     <t>Одноместное размещение с доплатой</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
-    <t>152100 RUB</t>
+    <t>169000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 8—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Аренда снаряжения (СПАЛЬНИК) на 1 чел</t>
   </si>
   <si>
     <t>3200 RUB</t>
   </si>
   <si>
     <t>Аренда снаряжения (ТРЕККИНГОВЫЕ ПАЛКИ) на 1 чел.</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (аэропорт-отель), за 1 чел.</t>
   </si>
   <si>
     <t>Дополнительный групповой трансфер (отель-аэропорт), за 1 чел.</t>
   </si>
@@ -152,54 +152,54 @@
   <si>
     <t>56000 RUB</t>
   </si>
   <si>
     <t>Доплата за иностранного гражданина</t>
   </si>
   <si>
     <t>5500 RUB</t>
   </si>
   <si>
     <t>Доплата за переводчика (англ.)</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (аэропорт - отель), машина до 6 чел.</t>
   </si>
   <si>
     <t>8500 RUB</t>
   </si>
   <si>
     <t>Индивидуальный трансфер (отель - аэропорт), машина до 6 чел.</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 08.12.2025 04:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 08.03.2026 05:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>