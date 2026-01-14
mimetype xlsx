--- v0 (2025-10-31)
+++ v1 (2026-01-14)
@@ -83,54 +83,54 @@
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>34830 RUB</t>
   </si>
   <si>
     <t>Ребёнок 7—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Аренда снаряжения (ТРЕККИНГОВЫЕ ПАЛКИ) на 1 чел.</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 01.11.2025 04:42, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 14.01.2026 19:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>