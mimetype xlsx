--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -68,69 +68,69 @@
   <si>
     <t>18.08.2026</t>
   </si>
   <si>
     <t>22.08.2026</t>
   </si>
   <si>
     <t>26.08.2026</t>
   </si>
   <si>
     <t>30.08.2026</t>
   </si>
   <si>
     <t>03.09.2026</t>
   </si>
   <si>
     <t>Тур без размещения в отеле</t>
   </si>
   <si>
     <t>Тур без проживания</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>34830 RUB</t>
+    <t>38700 RUB</t>
   </si>
   <si>
     <t>Ребёнок 7—17 лет на дополнительном месте</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Аренда снаряжения (ТРЕККИНГОВЫЕ ПАЛКИ) на 1 чел.</t>
   </si>
   <si>
     <t>500 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 14.01.2026 19:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 01.03.2026 05:29, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>