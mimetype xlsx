--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -83,54 +83,54 @@
   <si>
     <t>1600 RUB</t>
   </si>
   <si>
     <t>Входные билет в горный парк Рускеала (студенты, люди старше 60 лет)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Входные билет в горный парк Рускеала (школьники до 18 лет)</t>
   </si>
   <si>
     <t>1100 RUB</t>
   </si>
   <si>
     <t>Входной билет на водопады Ахвенкоски с обедом</t>
   </si>
   <si>
     <t>Входной билет на водопады Ахвенкоски с обедом (дети до 14 лет, студенты, люди старше 60 лет)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 03.12.2025 11:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 17.01.2026 17:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>