--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -86,51 +86,51 @@
   <si>
     <t>Входные билет в горный парк Рускеала (студенты, люди старше 60 лет)</t>
   </si>
   <si>
     <t>1400 RUB</t>
   </si>
   <si>
     <t>Входные билет в горный парк Рускеала (школьники до 18 лет)</t>
   </si>
   <si>
     <t>1100 RUB</t>
   </si>
   <si>
     <t>Входной билет на водопады Ахвенкоски с обедом</t>
   </si>
   <si>
     <t>Входной билет на водопады Ахвенкоски с обедом (дети до 14 лет, студенты, люди старше 60 лет)</t>
   </si>
   <si>
     <t>1200 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 17.01.2026 17:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 05.03.2026 15:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>