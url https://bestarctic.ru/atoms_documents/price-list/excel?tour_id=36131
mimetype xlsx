--- v0 (2026-01-15)
+++ v1 (2026-03-04)
@@ -12,195 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="36131-zimnyaya-skazka-na-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
-[...143 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>04.03.2026</t>
   </si>
   <si>
     <t>05.03.2026</t>
   </si>
   <si>
     <t>06.03.2026</t>
   </si>
   <si>
     <t>07.03.2026</t>
   </si>
   <si>
     <t>08.03.2026</t>
   </si>
   <si>
     <t>09.03.2026</t>
   </si>
   <si>
     <t>10.03.2026</t>
   </si>
   <si>
     <t>11.03.2026</t>
   </si>
   <si>
@@ -353,51 +209,51 @@
   <si>
     <t>30.04.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура</t>
   </si>
   <si>
     <t>Двухместный номер</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>63900 RUB</t>
   </si>
   <si>
     <t>Одноместный номер</t>
   </si>
   <si>
     <t>73900 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 15.01.2026 19:14, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.03.2026 12:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,54 +586,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DC9"/>
+  <dimension ref="A1:BG9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A8" sqref="A8:DC8"/>
+      <selection activeCell="A8" sqref="A8:BG8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -797,101 +653,53 @@
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...46 lines deleted...]
-    <col min="107" max="107" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:107">
+    <row r="1" spans="1:59">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1023,198 +831,54 @@
       </c>
       <c r="AZ1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="BA1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="BB1" s="1" t="s">
         <v>52</v>
       </c>
       <c r="BC1" s="1" t="s">
         <v>53</v>
       </c>
       <c r="BD1" s="1" t="s">
         <v>54</v>
       </c>
       <c r="BE1" s="1" t="s">
         <v>55</v>
       </c>
       <c r="BF1" s="1" t="s">
         <v>56</v>
       </c>
       <c r="BG1" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="BH1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:59">
+      <c r="A2" s="2" t="s">
         <v>58</v>
-      </c>
-[...144 lines deleted...]
-        <v>106</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1230,102 +894,54 @@
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
       <c r="AN2" s="2"/>
       <c r="AO2" s="2"/>
       <c r="AP2" s="2"/>
       <c r="AQ2" s="2"/>
       <c r="AR2" s="2"/>
       <c r="AS2" s="2"/>
       <c r="AT2" s="2"/>
       <c r="AU2" s="2"/>
       <c r="AV2" s="2"/>
       <c r="AW2" s="2"/>
       <c r="AX2" s="2"/>
       <c r="AY2" s="2"/>
       <c r="AZ2" s="2"/>
       <c r="BA2" s="2"/>
       <c r="BB2" s="2"/>
       <c r="BC2" s="2"/>
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
       <c r="BG2" s="2"/>
-      <c r="BH2" s="2"/>
-[...46 lines deleted...]
-      <c r="DC2" s="2"/>
     </row>
-    <row r="3" spans="1:107">
+    <row r="3" spans="1:59">
       <c r="A3" s="3" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1341,425 +957,233 @@
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
       <c r="AO3" s="3"/>
       <c r="AP3" s="3"/>
       <c r="AQ3" s="3"/>
       <c r="AR3" s="3"/>
       <c r="AS3" s="3"/>
       <c r="AT3" s="3"/>
       <c r="AU3" s="3"/>
       <c r="AV3" s="3"/>
       <c r="AW3" s="3"/>
       <c r="AX3" s="3"/>
       <c r="AY3" s="3"/>
       <c r="AZ3" s="3"/>
       <c r="BA3" s="3"/>
       <c r="BB3" s="3"/>
       <c r="BC3" s="3"/>
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
       <c r="BG3" s="3"/>
-      <c r="BH3" s="3"/>
-[...46 lines deleted...]
-      <c r="DC3" s="3"/>
     </row>
-    <row r="4" spans="1:107">
+    <row r="4" spans="1:59">
       <c r="A4" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="C4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="D4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="E4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="F4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="G4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="H4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="I4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="J4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="K4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="L4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="M4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="N4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="O4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="P4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="Q4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="R4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="S4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="T4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="U4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="V4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="W4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="X4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="Y4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="Z4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AA4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AB4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AC4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AD4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AE4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AF4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AG4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AH4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AI4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AJ4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AK4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AL4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AM4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AN4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AO4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AP4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AQ4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AR4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AS4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AT4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AU4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AV4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AW4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AX4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AY4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="AZ4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BA4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BB4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BC4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BD4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BE4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BF4" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="BG4" t="s">
-        <v>109</v>
-[...143 lines deleted...]
-        <v>109</v>
+        <v>61</v>
       </c>
     </row>
-    <row r="5" spans="1:107">
+    <row r="5" spans="1:59">
       <c r="A5" s="3" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -1775,425 +1199,233 @@
       <c r="AI5" s="3"/>
       <c r="AJ5" s="3"/>
       <c r="AK5" s="3"/>
       <c r="AL5" s="3"/>
       <c r="AM5" s="3"/>
       <c r="AN5" s="3"/>
       <c r="AO5" s="3"/>
       <c r="AP5" s="3"/>
       <c r="AQ5" s="3"/>
       <c r="AR5" s="3"/>
       <c r="AS5" s="3"/>
       <c r="AT5" s="3"/>
       <c r="AU5" s="3"/>
       <c r="AV5" s="3"/>
       <c r="AW5" s="3"/>
       <c r="AX5" s="3"/>
       <c r="AY5" s="3"/>
       <c r="AZ5" s="3"/>
       <c r="BA5" s="3"/>
       <c r="BB5" s="3"/>
       <c r="BC5" s="3"/>
       <c r="BD5" s="3"/>
       <c r="BE5" s="3"/>
       <c r="BF5" s="3"/>
       <c r="BG5" s="3"/>
-      <c r="BH5" s="3"/>
-[...46 lines deleted...]
-      <c r="DC5" s="3"/>
     </row>
-    <row r="6" spans="1:107">
+    <row r="6" spans="1:59">
       <c r="A6" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="G6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="I6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="J6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="L6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="O6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="P6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="Q6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="R6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="S6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="T6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="U6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="V6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="W6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="X6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="Y6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="Z6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AA6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AB6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AC6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AD6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AE6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AF6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AG6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AH6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AI6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AJ6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AK6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AL6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AM6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AN6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AO6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AP6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AQ6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AR6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AS6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AT6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AU6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AV6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AW6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AX6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AY6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="AZ6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BA6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BB6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BC6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BD6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BE6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BF6" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="BG6" t="s">
-        <v>111</v>
-[...143 lines deleted...]
-        <v>111</v>
+        <v>63</v>
       </c>
     </row>
-    <row r="8" spans="1:107">
+    <row r="8" spans="1:59">
       <c r="A8" s="1" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
@@ -2209,108 +1441,60 @@
       <c r="AI8" s="1"/>
       <c r="AJ8" s="1"/>
       <c r="AK8" s="1"/>
       <c r="AL8" s="1"/>
       <c r="AM8" s="1"/>
       <c r="AN8" s="1"/>
       <c r="AO8" s="1"/>
       <c r="AP8" s="1"/>
       <c r="AQ8" s="1"/>
       <c r="AR8" s="1"/>
       <c r="AS8" s="1"/>
       <c r="AT8" s="1"/>
       <c r="AU8" s="1"/>
       <c r="AV8" s="1"/>
       <c r="AW8" s="1"/>
       <c r="AX8" s="1"/>
       <c r="AY8" s="1"/>
       <c r="AZ8" s="1"/>
       <c r="BA8" s="1"/>
       <c r="BB8" s="1"/>
       <c r="BC8" s="1"/>
       <c r="BD8" s="1"/>
       <c r="BE8" s="1"/>
       <c r="BF8" s="1"/>
       <c r="BG8" s="1"/>
-      <c r="BH8" s="1"/>
-[...46 lines deleted...]
-      <c r="DC8" s="1"/>
     </row>
-    <row r="9" spans="1:107">
+    <row r="9" spans="1:59">
       <c r="A9" t="s">
-        <v>113</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A9:DC9"/>
+    <mergeCell ref="A9:BG9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>