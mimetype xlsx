--- v0 (2025-11-02)
+++ v1 (2026-03-13)
@@ -12,444 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="36212-vulkany-kamchatki-4..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
-[...392 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>13.03.2026</t>
   </si>
   <si>
     <t>14.03.2026</t>
   </si>
   <si>
     <t>15.03.2026</t>
   </si>
   <si>
     <t>16.03.2026</t>
   </si>
   <si>
     <t>17.03.2026</t>
   </si>
   <si>
     <t>18.03.2026</t>
   </si>
   <si>
     <t>19.03.2026</t>
   </si>
   <si>
     <t>20.03.2026</t>
   </si>
   <si>
@@ -710,138 +317,357 @@
   <si>
     <t>14.06.2026</t>
   </si>
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>17.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
     <t>20.06.2026</t>
   </si>
   <si>
     <t>21.06.2026</t>
   </si>
   <si>
+    <t>01.10.2026</t>
+  </si>
+  <si>
+    <t>02.10.2026</t>
+  </si>
+  <si>
+    <t>03.10.2026</t>
+  </si>
+  <si>
+    <t>04.10.2026</t>
+  </si>
+  <si>
+    <t>05.10.2026</t>
+  </si>
+  <si>
+    <t>06.10.2026</t>
+  </si>
+  <si>
+    <t>07.10.2026</t>
+  </si>
+  <si>
+    <t>08.10.2026</t>
+  </si>
+  <si>
+    <t>09.10.2026</t>
+  </si>
+  <si>
+    <t>10.10.2026</t>
+  </si>
+  <si>
+    <t>11.10.2026</t>
+  </si>
+  <si>
+    <t>12.10.2026</t>
+  </si>
+  <si>
+    <t>13.10.2026</t>
+  </si>
+  <si>
+    <t>14.10.2026</t>
+  </si>
+  <si>
+    <t>15.10.2026</t>
+  </si>
+  <si>
+    <t>16.10.2026</t>
+  </si>
+  <si>
+    <t>17.10.2026</t>
+  </si>
+  <si>
+    <t>18.10.2026</t>
+  </si>
+  <si>
+    <t>19.10.2026</t>
+  </si>
+  <si>
+    <t>20.10.2026</t>
+  </si>
+  <si>
+    <t>21.10.2026</t>
+  </si>
+  <si>
+    <t>22.10.2026</t>
+  </si>
+  <si>
+    <t>23.10.2026</t>
+  </si>
+  <si>
+    <t>24.10.2026</t>
+  </si>
+  <si>
+    <t>25.10.2026</t>
+  </si>
+  <si>
+    <t>26.10.2026</t>
+  </si>
+  <si>
+    <t>27.10.2026</t>
+  </si>
+  <si>
+    <t>28.10.2026</t>
+  </si>
+  <si>
+    <t>29.10.2026</t>
+  </si>
+  <si>
+    <t>30.10.2026</t>
+  </si>
+  <si>
+    <t>31.10.2026</t>
+  </si>
+  <si>
+    <t>01.11.2026</t>
+  </si>
+  <si>
+    <t>02.11.2026</t>
+  </si>
+  <si>
+    <t>03.11.2026</t>
+  </si>
+  <si>
+    <t>04.11.2026</t>
+  </si>
+  <si>
+    <t>05.11.2026</t>
+  </si>
+  <si>
+    <t>06.11.2026</t>
+  </si>
+  <si>
+    <t>07.11.2026</t>
+  </si>
+  <si>
+    <t>08.11.2026</t>
+  </si>
+  <si>
+    <t>09.11.2026</t>
+  </si>
+  <si>
+    <t>10.11.2026</t>
+  </si>
+  <si>
+    <t>11.11.2026</t>
+  </si>
+  <si>
+    <t>12.11.2026</t>
+  </si>
+  <si>
+    <t>13.11.2026</t>
+  </si>
+  <si>
+    <t>14.11.2026</t>
+  </si>
+  <si>
+    <t>15.11.2026</t>
+  </si>
+  <si>
+    <t>16.11.2026</t>
+  </si>
+  <si>
+    <t>17.11.2026</t>
+  </si>
+  <si>
+    <t>18.11.2026</t>
+  </si>
+  <si>
+    <t>19.11.2026</t>
+  </si>
+  <si>
+    <t>20.11.2026</t>
+  </si>
+  <si>
+    <t>21.11.2026</t>
+  </si>
+  <si>
+    <t>22.11.2026</t>
+  </si>
+  <si>
+    <t>23.11.2026</t>
+  </si>
+  <si>
+    <t>24.11.2026</t>
+  </si>
+  <si>
+    <t>25.11.2026</t>
+  </si>
+  <si>
+    <t>26.11.2026</t>
+  </si>
+  <si>
+    <t>27.11.2026</t>
+  </si>
+  <si>
+    <t>28.11.2026</t>
+  </si>
+  <si>
+    <t>29.11.2026</t>
+  </si>
+  <si>
+    <t>30.11.2026</t>
+  </si>
+  <si>
+    <t>01.12.2026</t>
+  </si>
+  <si>
+    <t>02.12.2026</t>
+  </si>
+  <si>
+    <t>03.12.2026</t>
+  </si>
+  <si>
+    <t>04.12.2026</t>
+  </si>
+  <si>
+    <t>05.12.2026</t>
+  </si>
+  <si>
+    <t>06.12.2026</t>
+  </si>
+  <si>
+    <t>07.12.2026</t>
+  </si>
+  <si>
+    <t>08.12.2026</t>
+  </si>
+  <si>
+    <t>09.12.2026</t>
+  </si>
+  <si>
+    <t>10.12.2026</t>
+  </si>
+  <si>
+    <t>11.12.2026</t>
+  </si>
+  <si>
+    <t>12.12.2026</t>
+  </si>
+  <si>
+    <t>13.12.2026</t>
+  </si>
+  <si>
+    <t>14.12.2026</t>
+  </si>
+  <si>
+    <t>15.12.2026</t>
+  </si>
+  <si>
+    <t>16.12.2026</t>
+  </si>
+  <si>
+    <t>17.12.2026</t>
+  </si>
+  <si>
+    <t>18.12.2026</t>
+  </si>
+  <si>
+    <t>19.12.2026</t>
+  </si>
+  <si>
+    <t>20.12.2026</t>
+  </si>
+  <si>
+    <t>21.12.2026</t>
+  </si>
+  <si>
     <t>Лагуна</t>
   </si>
   <si>
     <t>2-х местный номер в гостиничном корпусе (Голубое озеро)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>40000 RUB</t>
+  </si>
+  <si>
     <t>45000 RUB</t>
   </si>
   <si>
-    <t>40000 RUB</t>
+    <t>Взрослый на дополнительном месте</t>
+  </si>
+  <si>
+    <t>35000 RUB</t>
+  </si>
+  <si>
+    <t>Одноместное размещение</t>
+  </si>
+  <si>
+    <t>70000 RUB</t>
+  </si>
+  <si>
+    <t>75000 RUB</t>
+  </si>
+  <si>
+    <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
+  </si>
+  <si>
+    <t>55000 RUB</t>
+  </si>
+  <si>
+    <t>50000 RUB</t>
+  </si>
+  <si>
+    <t>85000 RUB</t>
+  </si>
+  <si>
+    <t>2х-местный (Apart Lodge)</t>
+  </si>
+  <si>
+    <t>65000 RUB</t>
   </si>
   <si>
     <t>60000 RUB</t>
   </si>
   <si>
-    <t>78000 RUB</t>
-[...41 lines deleted...]
-    <t>85000 RUB</t>
+    <t>80000 RUB</t>
   </si>
   <si>
     <t>95000 RUB</t>
   </si>
   <si>
-    <t>113000 RUB</t>
-[...20 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 02.11.2025 15:26, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 14.03.2026 01:47, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1174,54 +1000,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:JE17"/>
+  <dimension ref="A1:GU17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A16" sqref="A16:JE16"/>
+      <selection activeCell="A16" sqref="A16:GU16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1385,912 +1211,664 @@
     <col min="179" max="179" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="180" max="180" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="182" max="182" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="184" max="184" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="186" max="186" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="188" max="188" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="190" max="190" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="191" max="191" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="192" max="192" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="193" max="193" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="194" max="194" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="195" max="195" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="196" max="196" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="197" max="197" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="198" max="198" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="199" max="199" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="200" max="200" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="201" max="201" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="202" max="202" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="203" max="203" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="204" max="204" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...60 lines deleted...]
-    <col min="265" max="265" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:265">
+    <row r="1" spans="1:203">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="E1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="F1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="H1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="I1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="J1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="K1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="L1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="M1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="N1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="O1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="Q1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="R1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="S1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="T1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="U1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="V1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="W1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="X1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="Y1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z1" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="AA1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="AB1" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="AC1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="AD1" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="AE1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="AF1" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="AG1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="AH1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="AI1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="T1" s="1" t="s">
+      <c r="AK1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="AL1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="U1" s="1" t="s">
+      <c r="AM1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="AN1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="AO1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="W1" s="1" t="s">
+      <c r="AP1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="X1" s="1" t="s">
+      <c r="AQ1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="Y1" s="1" t="s">
+      <c r="AR1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="Z1" s="1" t="s">
+      <c r="AS1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="AA1" s="1" t="s">
+      <c r="AT1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="AB1" s="1" t="s">
+      <c r="AU1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="AC1" s="1" t="s">
+      <c r="AV1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="AD1" s="1" t="s">
+      <c r="AW1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="AE1" s="1" t="s">
+      <c r="AX1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AF1" s="1" t="s">
+      <c r="AY1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="AG1" s="1" t="s">
+      <c r="AZ1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="AH1" s="1" t="s">
+      <c r="BA1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="AI1" s="1" t="s">
+      <c r="BB1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="AJ1" s="1" t="s">
+      <c r="BC1" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="AK1" s="1" t="s">
+      <c r="BD1" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="AL1" s="1" t="s">
+      <c r="BE1" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="AM1" s="1" t="s">
+      <c r="BF1" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="AN1" s="1" t="s">
+      <c r="BG1" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="AO1" s="1" t="s">
+      <c r="BH1" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="AP1" s="1" t="s">
+      <c r="BI1" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="AQ1" s="1" t="s">
+      <c r="BJ1" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="AR1" s="1" t="s">
+      <c r="BK1" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="AS1" s="1" t="s">
+      <c r="BL1" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="AT1" s="1" t="s">
+      <c r="BM1" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="AU1" s="1" t="s">
+      <c r="BN1" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="AV1" s="1" t="s">
+      <c r="BO1" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="AW1" s="1" t="s">
+      <c r="BP1" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="AX1" s="1" t="s">
+      <c r="BQ1" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="AY1" s="1" t="s">
+      <c r="BR1" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="AZ1" s="1" t="s">
+      <c r="BS1" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="BA1" s="1" t="s">
+      <c r="BT1" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="BB1" s="1" t="s">
+      <c r="BU1" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="BC1" s="1" t="s">
+      <c r="BV1" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="BD1" s="1" t="s">
+      <c r="BW1" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="BE1" s="1" t="s">
+      <c r="BX1" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="BF1" s="1" t="s">
+      <c r="BY1" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="BG1" s="1" t="s">
+      <c r="BZ1" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="BH1" s="1" t="s">
+      <c r="CA1" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="BI1" s="1" t="s">
+      <c r="CB1" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="BJ1" s="1" t="s">
+      <c r="CC1" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="BK1" s="1" t="s">
+      <c r="CD1" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="BL1" s="1" t="s">
+      <c r="CE1" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="BM1" s="1" t="s">
+      <c r="CF1" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="BN1" s="1" t="s">
+      <c r="CG1" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="BO1" s="1" t="s">
+      <c r="CH1" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="BP1" s="1" t="s">
+      <c r="CI1" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="BQ1" s="1" t="s">
+      <c r="CJ1" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="BR1" s="1" t="s">
+      <c r="CK1" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="BS1" s="1" t="s">
+      <c r="CL1" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="BT1" s="1" t="s">
+      <c r="CM1" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="BU1" s="1" t="s">
+      <c r="CN1" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="BV1" s="1" t="s">
+      <c r="CO1" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="BW1" s="1" t="s">
+      <c r="CP1" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="BX1" s="1" t="s">
+      <c r="CQ1" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="BY1" s="1" t="s">
+      <c r="CR1" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="BZ1" s="1" t="s">
+      <c r="CS1" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="CA1" s="1" t="s">
+      <c r="CT1" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="CB1" s="1" t="s">
+      <c r="CU1" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="CC1" s="1" t="s">
+      <c r="CV1" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="CD1" s="1" t="s">
+      <c r="CW1" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="CE1" s="1" t="s">
+      <c r="CX1" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="CF1" s="1" t="s">
+      <c r="CY1" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="CG1" s="1" t="s">
+      <c r="CZ1" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="CH1" s="1" t="s">
+      <c r="DA1" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="CI1" s="1" t="s">
+      <c r="DB1" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="CJ1" s="1" t="s">
+      <c r="DC1" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="CK1" s="1" t="s">
+      <c r="DD1" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="CL1" s="1" t="s">
+      <c r="DE1" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="CM1" s="1" t="s">
+      <c r="DF1" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="CN1" s="1" t="s">
+      <c r="DG1" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="CO1" s="1" t="s">
+      <c r="DH1" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="CP1" s="1" t="s">
+      <c r="DI1" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="CQ1" s="1" t="s">
+      <c r="DJ1" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="CR1" s="1" t="s">
+      <c r="DK1" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="CS1" s="1" t="s">
+      <c r="DL1" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="CT1" s="1" t="s">
+      <c r="DM1" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="CU1" s="1" t="s">
+      <c r="DN1" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="CV1" s="1" t="s">
+      <c r="DO1" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="CW1" s="1" t="s">
+      <c r="DP1" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="CX1" s="1" t="s">
+      <c r="DQ1" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="CY1" s="1" t="s">
+      <c r="DR1" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="CZ1" s="1" t="s">
+      <c r="DS1" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="DA1" s="1" t="s">
+      <c r="DT1" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="DB1" s="1" t="s">
+      <c r="DU1" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="DC1" s="1" t="s">
+      <c r="DV1" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="DD1" s="1" t="s">
+      <c r="DW1" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="DE1" s="1" t="s">
+      <c r="DX1" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="DF1" s="1" t="s">
+      <c r="DY1" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="DG1" s="1" t="s">
+      <c r="DZ1" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="DH1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="DI1" s="1" t="s">
+      <c r="EA1" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="DJ1" s="1" t="s">
+      <c r="EB1" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="DK1" s="1" t="s">
+      <c r="EC1" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="DL1" s="1" t="s">
+      <c r="ED1" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="DM1" s="1" t="s">
+      <c r="EE1" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="DN1" s="1" t="s">
+      <c r="EF1" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="DO1" s="1" t="s">
+      <c r="EG1" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="DP1" s="1" t="s">
+      <c r="EH1" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="DQ1" s="1" t="s">
+      <c r="EI1" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="DR1" s="1" t="s">
+      <c r="EJ1" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="DS1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="DT1" s="1" t="s">
+      <c r="EK1" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="DU1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="DV1" s="1" t="s">
+      <c r="EL1" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="DW1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="DX1" s="1" t="s">
+      <c r="EM1" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="DY1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="DZ1" s="1" t="s">
+      <c r="EN1" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="EA1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EB1" s="1" t="s">
+      <c r="EO1" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="EC1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="ED1" s="1" t="s">
+      <c r="EP1" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="EE1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EF1" s="1" t="s">
+      <c r="EQ1" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="EG1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EH1" s="1" t="s">
+      <c r="ER1" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="EI1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EJ1" s="1" t="s">
+      <c r="ES1" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="EK1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EL1" s="1" t="s">
+      <c r="ET1" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="EM1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EN1" s="1" t="s">
+      <c r="EU1" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="EO1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EP1" s="1" t="s">
+      <c r="EV1" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="EQ1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="ER1" s="1" t="s">
+      <c r="EW1" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="ES1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="ET1" s="1" t="s">
+      <c r="EX1" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="EU1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EV1" s="1" t="s">
+      <c r="EY1" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="EW1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="EX1" s="1" t="s">
+      <c r="EZ1" s="1" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
       <c r="FA1" s="1" t="s">
         <v>136</v>
       </c>
       <c r="FB1" s="1" t="s">
         <v>137</v>
       </c>
       <c r="FC1" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="FD1" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="FE1" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="FF1" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="FG1" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="FH1" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="FI1" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="FJ1" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="FK1" s="1" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="FL1" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="FM1" s="1" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="FN1" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="FO1" s="1" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="FP1" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="FQ1" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="FR1" s="1" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="FS1" s="1" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="FT1" s="1" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="FU1" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="FV1" s="1" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="FW1" s="1" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="FX1" s="1" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="FY1" s="1" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="FZ1" s="1" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="GA1" s="1" t="s">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="GB1" s="1" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="GC1" s="1" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="GD1" s="1" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="GE1" s="1" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="GF1" s="1" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="GG1" s="1" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="GH1" s="1" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="GI1" s="1" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="GJ1" s="1" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="GK1" s="1" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="GL1" s="1" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="GM1" s="1" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="GN1" s="1" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="GO1" s="1" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="GP1" s="1" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="GQ1" s="1" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="GR1" s="1" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="GS1" s="1" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="GT1" s="1" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="GU1" s="1" t="s">
-        <v>169</v>
-[...37 lines deleted...]
-      <c r="HH1" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="HI1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:203">
+      <c r="A2" s="2" t="s">
         <v>183</v>
-      </c>
-[...147 lines deleted...]
-        <v>232</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -2450,116 +2028,54 @@
       <c r="FW2" s="2"/>
       <c r="FX2" s="2"/>
       <c r="FY2" s="2"/>
       <c r="FZ2" s="2"/>
       <c r="GA2" s="2"/>
       <c r="GB2" s="2"/>
       <c r="GC2" s="2"/>
       <c r="GD2" s="2"/>
       <c r="GE2" s="2"/>
       <c r="GF2" s="2"/>
       <c r="GG2" s="2"/>
       <c r="GH2" s="2"/>
       <c r="GI2" s="2"/>
       <c r="GJ2" s="2"/>
       <c r="GK2" s="2"/>
       <c r="GL2" s="2"/>
       <c r="GM2" s="2"/>
       <c r="GN2" s="2"/>
       <c r="GO2" s="2"/>
       <c r="GP2" s="2"/>
       <c r="GQ2" s="2"/>
       <c r="GR2" s="2"/>
       <c r="GS2" s="2"/>
       <c r="GT2" s="2"/>
       <c r="GU2" s="2"/>
-      <c r="GV2" s="2"/>
-[...60 lines deleted...]
-      <c r="JE2" s="2"/>
     </row>
-    <row r="3" spans="1:265">
+    <row r="3" spans="1:203">
       <c r="A3" s="3" t="s">
-        <v>233</v>
+        <v>184</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -2719,2507 +2235,1887 @@
       <c r="FW3" s="3"/>
       <c r="FX3" s="3"/>
       <c r="FY3" s="3"/>
       <c r="FZ3" s="3"/>
       <c r="GA3" s="3"/>
       <c r="GB3" s="3"/>
       <c r="GC3" s="3"/>
       <c r="GD3" s="3"/>
       <c r="GE3" s="3"/>
       <c r="GF3" s="3"/>
       <c r="GG3" s="3"/>
       <c r="GH3" s="3"/>
       <c r="GI3" s="3"/>
       <c r="GJ3" s="3"/>
       <c r="GK3" s="3"/>
       <c r="GL3" s="3"/>
       <c r="GM3" s="3"/>
       <c r="GN3" s="3"/>
       <c r="GO3" s="3"/>
       <c r="GP3" s="3"/>
       <c r="GQ3" s="3"/>
       <c r="GR3" s="3"/>
       <c r="GS3" s="3"/>
       <c r="GT3" s="3"/>
       <c r="GU3" s="3"/>
-      <c r="GV3" s="3"/>
-[...60 lines deleted...]
-      <c r="JE3" s="3"/>
     </row>
-    <row r="4" spans="1:265">
+    <row r="4" spans="1:203">
       <c r="A4" t="s">
-        <v>234</v>
+        <v>185</v>
       </c>
       <c r="B4" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="C4" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="D4" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="E4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="F4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="G4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="H4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="I4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="J4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="K4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="L4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="M4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="N4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="O4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="P4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="Q4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="R4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="S4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="T4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="U4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="V4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="W4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="X4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="Y4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="Z4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AA4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AB4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AC4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AD4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AE4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AF4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AG4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AH4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AI4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AJ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AK4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AL4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AM4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AN4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AO4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AP4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AQ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AR4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AS4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AT4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AU4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AV4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AW4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AX4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AY4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AZ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BA4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BB4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BC4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BD4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BE4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BF4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BG4" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="BH4" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="BI4" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="BJ4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BK4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BL4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BM4" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BN4" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="BO4" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="BP4" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="BQ4" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="BR4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BS4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BT4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BU4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BV4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BW4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BX4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BY4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="BZ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="CA4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="CB4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="CC4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CD4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CE4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CF4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CG4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CH4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CI4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CJ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CK4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CL4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CM4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CN4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CO4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CP4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CQ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CR4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CS4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CT4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CU4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CV4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CW4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CX4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CY4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CZ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DA4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DB4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DC4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DD4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DE4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DF4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DG4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DH4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DI4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DJ4" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="DK4" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="DL4" t="s">
-        <v>235</v>
+        <v>186</v>
       </c>
       <c r="DM4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DN4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DO4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DP4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DQ4" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DR4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DS4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DT4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DU4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DV4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DW4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DX4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DY4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DZ4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EA4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EB4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EC4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="ED4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EE4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EF4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EG4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EH4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EI4" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="EJ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EK4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EL4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EM4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EN4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EO4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EP4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EQ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="ER4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="ES4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="ET4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EU4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EV4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EW4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EX4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EY4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EZ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FA4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FB4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FC4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FD4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FE4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FF4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FG4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FH4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FI4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FJ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FK4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FL4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FM4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FN4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FO4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FP4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FQ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FR4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FS4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FT4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FU4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FV4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FW4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FX4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FY4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FZ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GA4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GB4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GC4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GD4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GE4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GF4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GG4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GH4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GI4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GJ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GK4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GL4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GM4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GN4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GO4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GP4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GQ4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GR4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GS4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GT4" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GU4" t="s">
-        <v>236</v>
-[...185 lines deleted...]
-        <v>236</v>
+        <v>187</v>
       </c>
     </row>
-    <row r="5" spans="1:265">
+    <row r="5" spans="1:203">
       <c r="A5" t="s">
-        <v>239</v>
+        <v>188</v>
       </c>
       <c r="B5" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="C5" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="D5" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="E5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="F5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="G5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="H5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="I5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="J5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="K5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="L5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="M5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="N5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="O5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="P5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="Q5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="R5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="S5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="T5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="U5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="V5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="W5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="X5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="Y5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="Z5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AA5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AB5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AC5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AD5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AE5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AF5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AG5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AH5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AI5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AJ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AK5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AL5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AM5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AN5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AO5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AP5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AQ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AR5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AS5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AT5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AU5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AV5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AW5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AX5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AY5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="AZ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="BA5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="BB5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="BC5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="BD5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BE5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BF5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BG5" t="s">
-        <v>242</v>
+        <v>189</v>
       </c>
       <c r="BH5" t="s">
-        <v>242</v>
+        <v>189</v>
       </c>
       <c r="BI5" t="s">
-        <v>242</v>
+        <v>189</v>
       </c>
       <c r="BJ5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BK5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BL5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BM5" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="BN5" t="s">
-        <v>241</v>
+        <v>186</v>
       </c>
       <c r="BO5" t="s">
-        <v>241</v>
+        <v>186</v>
       </c>
       <c r="BP5" t="s">
-        <v>241</v>
+        <v>186</v>
       </c>
       <c r="BQ5" t="s">
-        <v>241</v>
+        <v>186</v>
       </c>
       <c r="BR5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BS5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BT5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BU5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BV5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BW5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BX5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BY5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="BZ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="CA5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="CB5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="CC5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CD5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CE5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CF5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CG5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CH5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CI5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CJ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CK5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CL5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CM5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CN5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CO5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CP5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CQ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CR5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CS5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CT5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CU5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CV5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CW5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CX5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CY5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="CZ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DA5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DB5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DC5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DD5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DE5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DF5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DG5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DH5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DI5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DJ5" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="DK5" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="DL5" t="s">
-        <v>236</v>
+        <v>189</v>
       </c>
       <c r="DM5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DN5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DO5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DP5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DQ5" t="s">
-        <v>240</v>
+        <v>189</v>
       </c>
       <c r="DR5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DS5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DT5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DU5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DV5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DW5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DX5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DY5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="DZ5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EA5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EB5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EC5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="ED5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EE5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EF5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EG5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EH5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EI5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="EJ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EK5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EL5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EM5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EN5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EO5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EP5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EQ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="ER5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="ES5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="ET5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EU5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EV5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EW5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EX5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EY5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="EZ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FA5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FB5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FC5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FD5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FE5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FF5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FG5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FH5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FI5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FJ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FK5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FL5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FM5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FN5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FO5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FP5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FQ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FR5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FS5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FT5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FU5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FV5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FW5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FX5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FY5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="FZ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GA5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GB5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GC5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GD5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GE5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GF5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GG5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GH5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GI5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GJ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GK5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GL5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GM5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GN5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GO5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GP5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GQ5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GR5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GS5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GT5" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="GU5" t="s">
-        <v>240</v>
-[...185 lines deleted...]
-        <v>240</v>
+        <v>186</v>
       </c>
     </row>
-    <row r="6" spans="1:265">
+    <row r="6" spans="1:203">
       <c r="A6" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="B6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="C6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="D6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="E6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="F6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="G6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="H6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="I6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="J6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="K6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="L6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="M6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="N6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="O6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="P6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="Q6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="R6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="S6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="T6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="U6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="V6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="W6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="X6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="Y6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="Z6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AA6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AB6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AC6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AD6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AE6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AF6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AG6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AH6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AI6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AJ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AK6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AL6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AM6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AN6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AO6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AP6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AQ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AR6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AS6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AT6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AU6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AV6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AW6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AX6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AY6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="AZ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="BA6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="BB6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="BC6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="BD6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BE6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BF6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BG6" t="s">
-        <v>247</v>
+        <v>191</v>
       </c>
       <c r="BH6" t="s">
-        <v>247</v>
+        <v>191</v>
       </c>
       <c r="BI6" t="s">
-        <v>247</v>
+        <v>191</v>
       </c>
       <c r="BJ6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BK6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BL6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BM6" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="BN6" t="s">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="BO6" t="s">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="BP6" t="s">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="BQ6" t="s">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="BR6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BS6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BT6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BU6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BV6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BW6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BX6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BY6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="BZ6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="CA6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="CB6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="CC6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CD6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CE6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CF6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CG6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CH6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CI6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CJ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CK6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CL6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CM6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CN6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CO6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CP6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CQ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CR6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CS6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CT6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CU6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CV6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CW6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CX6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CY6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="CZ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DA6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DB6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DC6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DD6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DE6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="DF6" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="DG6" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DH6" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DI6" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DJ6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="DK6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="DL6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="DM6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DN6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DO6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DP6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DQ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DR6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DS6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DT6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DU6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DV6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DW6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DX6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DY6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="DZ6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EA6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EB6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EC6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="ED6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EE6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EF6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EG6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EH6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EI6" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="EJ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EK6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EL6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EM6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EN6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EO6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EP6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EQ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="ER6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="ES6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="ET6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EU6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EV6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EW6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EX6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EY6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="EZ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FA6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FB6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FC6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FD6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FE6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FF6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FG6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FH6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FI6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FJ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FK6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FL6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FM6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FN6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FO6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FP6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FQ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FR6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FS6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FT6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FU6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FV6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FW6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FX6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FY6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="FZ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GA6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GB6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GC6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GD6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GE6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GF6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GG6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GH6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GI6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GJ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GK6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GL6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GM6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GN6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GO6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GP6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GQ6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GR6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GS6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GT6" t="s">
-        <v>245</v>
+        <v>191</v>
       </c>
       <c r="GU6" t="s">
-        <v>245</v>
-[...185 lines deleted...]
-        <v>245</v>
+        <v>191</v>
       </c>
     </row>
-    <row r="7" spans="1:265">
+    <row r="7" spans="1:203">
       <c r="A7" s="3" t="s">
-        <v>248</v>
+        <v>193</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -5379,2507 +4275,1887 @@
       <c r="FW7" s="3"/>
       <c r="FX7" s="3"/>
       <c r="FY7" s="3"/>
       <c r="FZ7" s="3"/>
       <c r="GA7" s="3"/>
       <c r="GB7" s="3"/>
       <c r="GC7" s="3"/>
       <c r="GD7" s="3"/>
       <c r="GE7" s="3"/>
       <c r="GF7" s="3"/>
       <c r="GG7" s="3"/>
       <c r="GH7" s="3"/>
       <c r="GI7" s="3"/>
       <c r="GJ7" s="3"/>
       <c r="GK7" s="3"/>
       <c r="GL7" s="3"/>
       <c r="GM7" s="3"/>
       <c r="GN7" s="3"/>
       <c r="GO7" s="3"/>
       <c r="GP7" s="3"/>
       <c r="GQ7" s="3"/>
       <c r="GR7" s="3"/>
       <c r="GS7" s="3"/>
       <c r="GT7" s="3"/>
       <c r="GU7" s="3"/>
-      <c r="GV7" s="3"/>
-[...60 lines deleted...]
-      <c r="JE7" s="3"/>
     </row>
-    <row r="8" spans="1:265">
+    <row r="8" spans="1:203">
       <c r="A8" t="s">
-        <v>234</v>
+        <v>185</v>
       </c>
       <c r="B8" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="C8" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="D8" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="E8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="F8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="G8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="H8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="I8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="J8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="K8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="L8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="M8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="N8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="O8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="P8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="Q8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="R8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="S8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="T8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="U8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="V8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="W8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="X8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="Y8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="Z8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AA8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AB8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AC8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AD8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AE8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AF8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AG8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AH8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AI8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AJ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AK8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AL8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AM8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AN8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AO8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AP8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AQ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AR8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AS8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AT8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AU8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AV8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AW8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AX8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AY8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AZ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BA8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BB8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BC8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BD8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BE8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BF8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BG8" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="BH8" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="BI8" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="BJ8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BK8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BL8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BM8" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BN8" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="BO8" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="BP8" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="BQ8" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="BR8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BS8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BT8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BU8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BV8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BW8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BX8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BY8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="BZ8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="CA8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="CB8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="CC8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CD8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CE8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CF8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CG8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CH8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CI8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CJ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CK8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CL8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CM8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CN8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CO8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CP8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CQ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CR8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CS8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CT8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CU8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CV8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CW8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CX8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CY8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CZ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DA8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DB8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DC8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DD8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DE8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="DF8" t="s">
-        <v>235</v>
+        <v>194</v>
       </c>
       <c r="DG8" t="s">
-        <v>241</v>
+        <v>194</v>
       </c>
       <c r="DH8" t="s">
-        <v>241</v>
+        <v>194</v>
       </c>
       <c r="DI8" t="s">
-        <v>241</v>
+        <v>194</v>
       </c>
       <c r="DJ8" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="DK8" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="DL8" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="DM8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DN8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DO8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DP8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DQ8" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DR8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DS8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DT8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DU8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DV8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DW8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DX8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DY8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DZ8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EA8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EB8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EC8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="ED8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EE8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EF8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EG8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EH8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EI8" t="s">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="EJ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EK8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EL8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EM8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EN8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EO8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EP8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EQ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="ER8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="ES8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="ET8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EU8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EV8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EW8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EX8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EY8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EZ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FA8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FB8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FC8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FD8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FE8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FF8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FG8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FH8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FI8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FJ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FK8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FL8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FM8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FN8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FO8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FP8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FQ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FR8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FS8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FT8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FU8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FV8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FW8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FX8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FY8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FZ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GA8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GB8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GC8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GD8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GE8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GF8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GG8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GH8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GI8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GJ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GK8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GL8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GM8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GN8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GO8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GP8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GQ8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GR8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GS8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GT8" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GU8" t="s">
-        <v>235</v>
-[...185 lines deleted...]
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
-    <row r="9" spans="1:265">
+    <row r="9" spans="1:203">
       <c r="A9" t="s">
-        <v>239</v>
+        <v>188</v>
       </c>
       <c r="B9" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="C9" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="D9" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="E9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="F9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="G9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="H9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="I9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="J9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="K9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="L9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="M9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="N9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="O9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="P9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="Q9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="R9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="S9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="T9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="U9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="V9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="W9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="X9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="Y9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="Z9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AA9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AB9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AC9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AD9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AE9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AF9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AG9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AH9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AI9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AJ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AK9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AL9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AM9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AN9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AO9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AP9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AQ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AR9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AS9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AT9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AU9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AV9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AW9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AX9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AY9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AZ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BA9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BB9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BC9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="BD9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BE9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BF9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BG9" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="BH9" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="BI9" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="BJ9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BK9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BL9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BM9" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="BN9" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="BO9" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="BP9" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="BQ9" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="BR9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BS9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BT9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BU9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BV9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BW9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BX9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BY9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="BZ9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="CA9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="CB9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="CC9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CD9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CE9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CF9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CG9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CH9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CI9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CJ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CK9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CL9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CM9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CN9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CO9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CP9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CQ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CR9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CS9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CT9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CU9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CV9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CW9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CX9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CY9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="CZ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DA9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DB9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DC9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DD9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DE9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="DF9" t="s">
-        <v>236</v>
+        <v>195</v>
       </c>
       <c r="DG9" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DH9" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DI9" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DJ9" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="DK9" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="DL9" t="s">
-        <v>251</v>
+        <v>186</v>
       </c>
       <c r="DM9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DN9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DO9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DP9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DQ9" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="DR9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DS9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DT9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DU9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DV9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DW9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DX9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DY9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="DZ9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EA9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EB9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EC9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="ED9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EE9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EF9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EG9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EH9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EI9" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="EJ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EK9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EL9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EM9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EN9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EO9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EP9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EQ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="ER9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="ES9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="ET9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EU9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EV9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EW9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EX9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EY9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="EZ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FA9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FB9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FC9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FD9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FE9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FF9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FG9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FH9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FI9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FJ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FK9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FL9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FM9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FN9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FO9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FP9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FQ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FR9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FS9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FT9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FU9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FV9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FW9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FX9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FY9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="FZ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GA9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GB9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GC9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GD9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GE9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GF9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GG9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GH9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GI9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GJ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GK9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GL9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GM9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GN9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GO9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GP9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GQ9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GR9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GS9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GT9" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
       <c r="GU9" t="s">
-        <v>236</v>
-[...185 lines deleted...]
-        <v>236</v>
+        <v>187</v>
       </c>
     </row>
-    <row r="10" spans="1:265">
+    <row r="10" spans="1:203">
       <c r="A10" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="B10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="C10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="D10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="E10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="F10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="G10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="H10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="I10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="J10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="K10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="L10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="M10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="N10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="O10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="P10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="Q10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="R10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="S10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="T10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="U10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="V10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="W10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="X10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="Y10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="Z10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AA10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AB10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AC10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AD10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AE10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AF10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AG10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AH10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AI10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AJ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AK10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AL10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AM10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AN10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AO10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AP10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AQ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AR10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AS10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AT10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AU10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AV10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AW10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AX10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AY10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="AZ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="BA10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="BB10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="BC10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="BD10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BE10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BF10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BG10" t="s">
-        <v>254</v>
+        <v>192</v>
       </c>
       <c r="BH10" t="s">
-        <v>254</v>
+        <v>192</v>
       </c>
       <c r="BI10" t="s">
-        <v>254</v>
+        <v>192</v>
       </c>
       <c r="BJ10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BK10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BL10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BM10" t="s">
-        <v>253</v>
+        <v>192</v>
       </c>
       <c r="BN10" t="s">
-        <v>253</v>
+        <v>196</v>
       </c>
       <c r="BO10" t="s">
-        <v>253</v>
+        <v>196</v>
       </c>
       <c r="BP10" t="s">
-        <v>253</v>
+        <v>196</v>
       </c>
       <c r="BQ10" t="s">
-        <v>253</v>
+        <v>196</v>
       </c>
       <c r="BR10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BS10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BT10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BU10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BV10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BW10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BX10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BY10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="BZ10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="CA10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="CB10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="CC10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CD10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CE10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CF10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CG10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CH10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CI10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CJ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CK10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CL10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CM10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CN10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CO10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CP10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CQ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CR10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CS10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CT10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CU10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CV10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CW10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CX10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CY10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="CZ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DA10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DB10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DC10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DD10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DE10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="DF10" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="DG10" t="s">
-        <v>252</v>
+        <v>196</v>
       </c>
       <c r="DH10" t="s">
-        <v>252</v>
+        <v>196</v>
       </c>
       <c r="DI10" t="s">
-        <v>252</v>
+        <v>196</v>
       </c>
       <c r="DJ10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="DK10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="DL10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="DM10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DN10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DO10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DP10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DQ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DR10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DS10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DT10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DU10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DV10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DW10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DX10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DY10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="DZ10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EA10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EB10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EC10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="ED10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EE10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EF10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EG10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EH10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EI10" t="s">
-        <v>252</v>
+        <v>192</v>
       </c>
       <c r="EJ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EK10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EL10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EM10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EN10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EO10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EP10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EQ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="ER10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="ES10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="ET10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EU10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EV10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EW10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EX10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EY10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="EZ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FA10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FB10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FC10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FD10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FE10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FF10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FG10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FH10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FI10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FJ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FK10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FL10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FM10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FN10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FO10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FP10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FQ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FR10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FS10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FT10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FU10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FV10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FW10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FX10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FY10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="FZ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GA10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GB10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GC10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GD10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GE10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GF10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GG10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GH10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GI10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GJ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GK10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GL10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GM10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GN10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GO10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GP10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GQ10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GR10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GS10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GT10" t="s">
-        <v>244</v>
+        <v>192</v>
       </c>
       <c r="GU10" t="s">
-        <v>244</v>
-[...185 lines deleted...]
-        <v>244</v>
+        <v>192</v>
       </c>
     </row>
-    <row r="11" spans="1:265">
+    <row r="11" spans="1:203">
       <c r="A11" s="3" t="s">
-        <v>255</v>
+        <v>197</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -8039,2507 +6315,1887 @@
       <c r="FW11" s="3"/>
       <c r="FX11" s="3"/>
       <c r="FY11" s="3"/>
       <c r="FZ11" s="3"/>
       <c r="GA11" s="3"/>
       <c r="GB11" s="3"/>
       <c r="GC11" s="3"/>
       <c r="GD11" s="3"/>
       <c r="GE11" s="3"/>
       <c r="GF11" s="3"/>
       <c r="GG11" s="3"/>
       <c r="GH11" s="3"/>
       <c r="GI11" s="3"/>
       <c r="GJ11" s="3"/>
       <c r="GK11" s="3"/>
       <c r="GL11" s="3"/>
       <c r="GM11" s="3"/>
       <c r="GN11" s="3"/>
       <c r="GO11" s="3"/>
       <c r="GP11" s="3"/>
       <c r="GQ11" s="3"/>
       <c r="GR11" s="3"/>
       <c r="GS11" s="3"/>
       <c r="GT11" s="3"/>
       <c r="GU11" s="3"/>
-      <c r="GV11" s="3"/>
-[...60 lines deleted...]
-      <c r="JE11" s="3"/>
     </row>
-    <row r="12" spans="1:265">
+    <row r="12" spans="1:203">
       <c r="A12" t="s">
-        <v>234</v>
+        <v>185</v>
       </c>
       <c r="B12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="C12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="D12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="E12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="F12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="G12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="H12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="I12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="J12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="K12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="L12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="M12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="N12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="O12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="P12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="Q12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="R12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="S12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="T12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="U12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="V12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="W12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="X12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="Y12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="Z12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AA12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AB12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AC12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AD12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AE12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AF12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AG12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AH12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AI12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AJ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AK12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AL12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AM12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AN12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AO12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AP12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AQ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AR12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AS12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AT12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AU12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AV12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AW12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AX12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AY12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="AZ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="BA12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="BB12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="BC12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="BD12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BE12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BF12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BG12" t="s">
-        <v>256</v>
+        <v>195</v>
       </c>
       <c r="BH12" t="s">
-        <v>256</v>
+        <v>195</v>
       </c>
       <c r="BI12" t="s">
-        <v>256</v>
+        <v>195</v>
       </c>
       <c r="BJ12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BK12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BL12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BM12" t="s">
-        <v>245</v>
+        <v>195</v>
       </c>
       <c r="BN12" t="s">
-        <v>245</v>
+        <v>198</v>
       </c>
       <c r="BO12" t="s">
-        <v>245</v>
+        <v>198</v>
       </c>
       <c r="BP12" t="s">
-        <v>245</v>
+        <v>198</v>
       </c>
       <c r="BQ12" t="s">
-        <v>245</v>
+        <v>198</v>
       </c>
       <c r="BR12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BS12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BT12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BU12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BV12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BW12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BX12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BY12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="BZ12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="CA12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="CB12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="CC12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CD12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CE12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CF12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CG12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CH12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CI12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CJ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CK12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CL12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CM12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CN12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CO12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CP12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CQ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CR12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CS12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CT12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CU12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CV12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CW12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CX12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CY12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="CZ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DA12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DB12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DC12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DD12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DE12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="DF12" t="s">
-        <v>251</v>
+        <v>198</v>
       </c>
       <c r="DG12" t="s">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="DH12" t="s">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="DI12" t="s">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="DJ12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="DK12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="DL12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="DM12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DN12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DO12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DP12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DQ12" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="DR12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DS12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DT12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DU12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DV12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DW12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DX12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DY12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="DZ12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EA12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EB12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EC12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="ED12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EE12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EF12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EG12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EH12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EI12" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="EJ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EK12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EL12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EM12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EN12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EO12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EP12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EQ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="ER12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="ES12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="ET12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EU12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EV12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EW12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EX12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EY12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="EZ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FA12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FB12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FC12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FD12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FE12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FF12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FG12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FH12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FI12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FJ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FK12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FL12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FM12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FN12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FO12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FP12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FQ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FR12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FS12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FT12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FU12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FV12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FW12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FX12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FY12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="FZ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GA12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GB12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GC12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GD12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GE12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GF12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GG12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GH12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GI12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GJ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GK12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GL12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GM12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GN12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GO12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GP12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GQ12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GR12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GS12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GT12" t="s">
-        <v>251</v>
+        <v>194</v>
       </c>
       <c r="GU12" t="s">
-        <v>251</v>
-[...185 lines deleted...]
-        <v>251</v>
+        <v>194</v>
       </c>
     </row>
-    <row r="13" spans="1:265">
+    <row r="13" spans="1:203">
       <c r="A13" t="s">
-        <v>239</v>
+        <v>188</v>
       </c>
       <c r="B13" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="D13" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="E13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="F13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="G13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="H13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="I13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="J13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="K13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="L13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="M13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="N13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="O13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="P13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="Q13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="R13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="S13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="T13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="U13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="V13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="W13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="X13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="Y13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="Z13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AA13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AB13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AC13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AD13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AE13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AF13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AG13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AH13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AI13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AJ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AK13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AL13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AM13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AN13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AO13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AP13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AQ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AR13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AS13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AT13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AU13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AV13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AW13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AX13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AY13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="AZ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BA13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BB13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BC13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="BD13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BE13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BF13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BG13" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="BH13" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="BI13" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="BJ13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BK13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BL13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BM13" t="s">
-        <v>249</v>
+        <v>187</v>
       </c>
       <c r="BN13" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="BO13" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="BP13" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="BQ13" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="BR13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BS13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BT13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BU13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BV13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BW13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BX13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BY13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="BZ13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="CA13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="CB13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="CC13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CD13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CE13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CF13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CG13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CH13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CI13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CJ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CK13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CL13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CM13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CN13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CO13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CP13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CQ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CR13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CS13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CT13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CU13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CV13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CW13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CX13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CY13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="CZ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DA13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DB13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DC13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DD13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DE13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="DF13" t="s">
-        <v>235</v>
+        <v>199</v>
       </c>
       <c r="DG13" t="s">
-        <v>237</v>
+        <v>199</v>
       </c>
       <c r="DH13" t="s">
-        <v>237</v>
+        <v>199</v>
       </c>
       <c r="DI13" t="s">
-        <v>237</v>
+        <v>199</v>
       </c>
       <c r="DJ13" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="DK13" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="DL13" t="s">
-        <v>237</v>
+        <v>187</v>
       </c>
       <c r="DM13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DN13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DO13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DP13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DQ13" t="s">
-        <v>235</v>
+        <v>187</v>
       </c>
       <c r="DR13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DS13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DT13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DU13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DV13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DW13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DX13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DY13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="DZ13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EA13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EB13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EC13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="ED13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EE13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EF13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EG13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EH13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EI13" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="EJ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EK13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EL13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EM13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EN13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EO13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EP13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EQ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="ER13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="ES13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="ET13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EU13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EV13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EW13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EX13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EY13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="EZ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FA13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FB13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FC13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FD13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FE13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FF13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FG13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FH13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FI13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FJ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FK13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FL13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FM13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FN13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FO13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FP13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FQ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FR13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FS13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FT13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FU13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FV13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FW13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FX13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FY13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="FZ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GA13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GB13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GC13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GD13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GE13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GF13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GG13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GH13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GI13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GJ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GK13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GL13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GM13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GN13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GO13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GP13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GQ13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GR13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GS13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GT13" t="s">
-        <v>235</v>
+        <v>195</v>
       </c>
       <c r="GU13" t="s">
-        <v>235</v>
-[...185 lines deleted...]
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
-    <row r="14" spans="1:265">
+    <row r="14" spans="1:203">
       <c r="A14" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="B14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="C14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="D14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="E14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="F14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="G14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="H14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="I14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="J14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="K14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="L14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="M14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="N14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="O14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="P14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="Q14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="R14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="S14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="T14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="U14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="V14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="W14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="X14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="Y14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="Z14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AA14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AB14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AC14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AD14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AE14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AF14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AG14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AH14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AI14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AJ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AK14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AL14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AM14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AN14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AO14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AP14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AQ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AR14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AS14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AT14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AU14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AV14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AW14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AX14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AY14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="AZ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="BA14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="BB14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="BC14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="BD14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BE14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BF14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BG14" t="s">
-        <v>259</v>
+        <v>200</v>
       </c>
       <c r="BH14" t="s">
-        <v>259</v>
+        <v>200</v>
       </c>
       <c r="BI14" t="s">
-        <v>259</v>
+        <v>200</v>
       </c>
       <c r="BJ14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BK14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BL14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BM14" t="s">
-        <v>258</v>
+        <v>200</v>
       </c>
       <c r="BN14" t="s">
-        <v>258</v>
+        <v>201</v>
       </c>
       <c r="BO14" t="s">
-        <v>258</v>
+        <v>201</v>
       </c>
       <c r="BP14" t="s">
-        <v>258</v>
+        <v>201</v>
       </c>
       <c r="BQ14" t="s">
-        <v>258</v>
+        <v>201</v>
       </c>
       <c r="BR14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BS14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BT14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BU14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BV14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BW14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BX14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BY14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="BZ14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="CA14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="CB14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="CC14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CD14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CE14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CF14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CG14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CH14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CI14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CJ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CK14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CL14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CM14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CN14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CO14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CP14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CQ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CR14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CS14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CT14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CU14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CV14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CW14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CX14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CY14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="CZ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DA14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DB14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DC14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DD14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DE14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="DF14" t="s">
-        <v>257</v>
+        <v>201</v>
       </c>
       <c r="DG14" t="s">
-        <v>253</v>
+        <v>201</v>
       </c>
       <c r="DH14" t="s">
-        <v>253</v>
+        <v>201</v>
       </c>
       <c r="DI14" t="s">
-        <v>253</v>
+        <v>201</v>
       </c>
       <c r="DJ14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="DK14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="DL14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="DM14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DN14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DO14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DP14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DQ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DR14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DS14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DT14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DU14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DV14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DW14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DX14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DY14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="DZ14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EA14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EB14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EC14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="ED14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EE14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EF14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EG14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EH14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EI14" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="EJ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EK14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EL14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EM14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EN14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EO14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EP14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EQ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="ER14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="ES14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="ET14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EU14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EV14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EW14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EX14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EY14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="EZ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FA14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FB14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FC14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FD14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FE14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FF14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FG14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FH14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FI14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FJ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FK14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FL14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FM14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FN14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FO14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FP14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FQ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FR14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FS14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FT14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FU14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FV14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FW14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FX14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FY14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="FZ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GA14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GB14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GC14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GD14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GE14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GF14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GG14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GH14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GI14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GJ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GK14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GL14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GM14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GN14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GO14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GP14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GQ14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GR14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GS14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GT14" t="s">
-        <v>257</v>
+        <v>200</v>
       </c>
       <c r="GU14" t="s">
-        <v>257</v>
-[...185 lines deleted...]
-        <v>257</v>
+        <v>200</v>
       </c>
     </row>
-    <row r="16" spans="1:265">
+    <row r="16" spans="1:203">
       <c r="A16" s="1" t="s">
-        <v>260</v>
+        <v>202</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
@@ -10699,122 +8355,60 @@
       <c r="FW16" s="1"/>
       <c r="FX16" s="1"/>
       <c r="FY16" s="1"/>
       <c r="FZ16" s="1"/>
       <c r="GA16" s="1"/>
       <c r="GB16" s="1"/>
       <c r="GC16" s="1"/>
       <c r="GD16" s="1"/>
       <c r="GE16" s="1"/>
       <c r="GF16" s="1"/>
       <c r="GG16" s="1"/>
       <c r="GH16" s="1"/>
       <c r="GI16" s="1"/>
       <c r="GJ16" s="1"/>
       <c r="GK16" s="1"/>
       <c r="GL16" s="1"/>
       <c r="GM16" s="1"/>
       <c r="GN16" s="1"/>
       <c r="GO16" s="1"/>
       <c r="GP16" s="1"/>
       <c r="GQ16" s="1"/>
       <c r="GR16" s="1"/>
       <c r="GS16" s="1"/>
       <c r="GT16" s="1"/>
       <c r="GU16" s="1"/>
-      <c r="GV16" s="1"/>
-[...60 lines deleted...]
-      <c r="JE16" s="1"/>
     </row>
-    <row r="17" spans="1:265">
+    <row r="17" spans="1:203">
       <c r="A17" t="s">
-        <v>261</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A17:JE17"/>
+    <mergeCell ref="A17:GU17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>