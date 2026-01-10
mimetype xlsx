--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="37584-kamchatka-letnij-ek..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>17.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
     <t>20.06.2026</t>
   </si>
   <si>
     <t>21.06.2026</t>
   </si>
   <si>
     <t>22.06.2026</t>
   </si>
   <si>
@@ -362,75 +362,78 @@
   <si>
     <t>Лагуна</t>
   </si>
   <si>
     <t>2х-местный (Голубое озеро, Глазастик, Форест, Гостевой дом Стандарт)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>160000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>210000 RUB</t>
   </si>
   <si>
-    <t>2х-местный (Apart «Family Room»)</t>
+    <t>Apart «Family Room»</t>
   </si>
   <si>
     <t>202000 RUB</t>
   </si>
   <si>
+    <t>0 RUB</t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>4000 RUB</t>
   </si>
   <si>
     <t>Камчатский welcom сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 26.11.2025 07:40, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 02:55, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,54 +775,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:DE15"/>
+  <dimension ref="A1:DE16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A14" sqref="A14:DE14"/>
+      <selection activeCell="A15" sqref="A15:DE15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="81.265869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -2874,411 +2877,740 @@
         <v>117</v>
       </c>
       <c r="CY8" t="s">
         <v>117</v>
       </c>
       <c r="CZ8" t="s">
         <v>117</v>
       </c>
       <c r="DA8" t="s">
         <v>117</v>
       </c>
       <c r="DB8" t="s">
         <v>117</v>
       </c>
       <c r="DC8" t="s">
         <v>117</v>
       </c>
       <c r="DD8" t="s">
         <v>117</v>
       </c>
       <c r="DE8" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="9" spans="1:109">
-      <c r="A9" s="4"/>
-[...107 lines deleted...]
-      <c r="DE9" s="4"/>
+      <c r="A9" t="s">
+        <v>112</v>
+      </c>
+      <c r="B9" t="s">
+        <v>118</v>
+      </c>
+      <c r="C9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" t="s">
+        <v>118</v>
+      </c>
+      <c r="E9" t="s">
+        <v>118</v>
+      </c>
+      <c r="F9" t="s">
+        <v>118</v>
+      </c>
+      <c r="G9" t="s">
+        <v>118</v>
+      </c>
+      <c r="H9" t="s">
+        <v>118</v>
+      </c>
+      <c r="I9" t="s">
+        <v>118</v>
+      </c>
+      <c r="J9" t="s">
+        <v>118</v>
+      </c>
+      <c r="K9" t="s">
+        <v>118</v>
+      </c>
+      <c r="L9" t="s">
+        <v>118</v>
+      </c>
+      <c r="M9" t="s">
+        <v>118</v>
+      </c>
+      <c r="N9" t="s">
+        <v>118</v>
+      </c>
+      <c r="O9" t="s">
+        <v>118</v>
+      </c>
+      <c r="P9" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>118</v>
+      </c>
+      <c r="R9" t="s">
+        <v>118</v>
+      </c>
+      <c r="S9" t="s">
+        <v>118</v>
+      </c>
+      <c r="T9" t="s">
+        <v>118</v>
+      </c>
+      <c r="U9" t="s">
+        <v>118</v>
+      </c>
+      <c r="V9" t="s">
+        <v>118</v>
+      </c>
+      <c r="W9" t="s">
+        <v>118</v>
+      </c>
+      <c r="X9" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>118</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AI9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AJ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AK9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AL9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AM9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AN9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AO9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AP9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AQ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AS9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AT9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AU9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AV9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AW9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AX9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AY9" t="s">
+        <v>118</v>
+      </c>
+      <c r="AZ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BA9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BB9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BC9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BD9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BE9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BF9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BG9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BH9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BI9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BJ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BK9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BL9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BM9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BN9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BO9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BP9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BQ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BR9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BS9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BT9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BU9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BV9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BW9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BX9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BY9" t="s">
+        <v>118</v>
+      </c>
+      <c r="BZ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CA9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CB9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CC9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CD9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CE9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CF9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CG9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CH9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CI9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CJ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CK9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CL9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CM9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CN9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CO9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CP9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CQ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CR9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CS9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CT9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CU9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CV9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CW9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CX9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CY9" t="s">
+        <v>118</v>
+      </c>
+      <c r="CZ9" t="s">
+        <v>118</v>
+      </c>
+      <c r="DA9" t="s">
+        <v>118</v>
+      </c>
+      <c r="DB9" t="s">
+        <v>118</v>
+      </c>
+      <c r="DC9" t="s">
+        <v>118</v>
+      </c>
+      <c r="DD9" t="s">
+        <v>118</v>
+      </c>
+      <c r="DE9" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="10" spans="1:109">
-      <c r="A10" s="2" t="s">
-[...109 lines deleted...]
-      <c r="DE10" s="2"/>
+      <c r="A10" s="4"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="4"/>
+      <c r="L10" s="4"/>
+      <c r="M10" s="4"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="4"/>
+      <c r="P10" s="4"/>
+      <c r="Q10" s="4"/>
+      <c r="R10" s="4"/>
+      <c r="S10" s="4"/>
+      <c r="T10" s="4"/>
+      <c r="U10" s="4"/>
+      <c r="V10" s="4"/>
+      <c r="W10" s="4"/>
+      <c r="X10" s="4"/>
+      <c r="Y10" s="4"/>
+      <c r="Z10" s="4"/>
+      <c r="AA10" s="4"/>
+      <c r="AB10" s="4"/>
+      <c r="AC10" s="4"/>
+      <c r="AD10" s="4"/>
+      <c r="AE10" s="4"/>
+      <c r="AF10" s="4"/>
+      <c r="AG10" s="4"/>
+      <c r="AH10" s="4"/>
+      <c r="AI10" s="4"/>
+      <c r="AJ10" s="4"/>
+      <c r="AK10" s="4"/>
+      <c r="AL10" s="4"/>
+      <c r="AM10" s="4"/>
+      <c r="AN10" s="4"/>
+      <c r="AO10" s="4"/>
+      <c r="AP10" s="4"/>
+      <c r="AQ10" s="4"/>
+      <c r="AR10" s="4"/>
+      <c r="AS10" s="4"/>
+      <c r="AT10" s="4"/>
+      <c r="AU10" s="4"/>
+      <c r="AV10" s="4"/>
+      <c r="AW10" s="4"/>
+      <c r="AX10" s="4"/>
+      <c r="AY10" s="4"/>
+      <c r="AZ10" s="4"/>
+      <c r="BA10" s="4"/>
+      <c r="BB10" s="4"/>
+      <c r="BC10" s="4"/>
+      <c r="BD10" s="4"/>
+      <c r="BE10" s="4"/>
+      <c r="BF10" s="4"/>
+      <c r="BG10" s="4"/>
+      <c r="BH10" s="4"/>
+      <c r="BI10" s="4"/>
+      <c r="BJ10" s="4"/>
+      <c r="BK10" s="4"/>
+      <c r="BL10" s="4"/>
+      <c r="BM10" s="4"/>
+      <c r="BN10" s="4"/>
+      <c r="BO10" s="4"/>
+      <c r="BP10" s="4"/>
+      <c r="BQ10" s="4"/>
+      <c r="BR10" s="4"/>
+      <c r="BS10" s="4"/>
+      <c r="BT10" s="4"/>
+      <c r="BU10" s="4"/>
+      <c r="BV10" s="4"/>
+      <c r="BW10" s="4"/>
+      <c r="BX10" s="4"/>
+      <c r="BY10" s="4"/>
+      <c r="BZ10" s="4"/>
+      <c r="CA10" s="4"/>
+      <c r="CB10" s="4"/>
+      <c r="CC10" s="4"/>
+      <c r="CD10" s="4"/>
+      <c r="CE10" s="4"/>
+      <c r="CF10" s="4"/>
+      <c r="CG10" s="4"/>
+      <c r="CH10" s="4"/>
+      <c r="CI10" s="4"/>
+      <c r="CJ10" s="4"/>
+      <c r="CK10" s="4"/>
+      <c r="CL10" s="4"/>
+      <c r="CM10" s="4"/>
+      <c r="CN10" s="4"/>
+      <c r="CO10" s="4"/>
+      <c r="CP10" s="4"/>
+      <c r="CQ10" s="4"/>
+      <c r="CR10" s="4"/>
+      <c r="CS10" s="4"/>
+      <c r="CT10" s="4"/>
+      <c r="CU10" s="4"/>
+      <c r="CV10" s="4"/>
+      <c r="CW10" s="4"/>
+      <c r="CX10" s="4"/>
+      <c r="CY10" s="4"/>
+      <c r="CZ10" s="4"/>
+      <c r="DA10" s="4"/>
+      <c r="DB10" s="4"/>
+      <c r="DC10" s="4"/>
+      <c r="DD10" s="4"/>
+      <c r="DE10" s="4"/>
     </row>
     <row r="11" spans="1:109">
-      <c r="A11" t="s">
+      <c r="A11" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="2"/>
+      <c r="N11" s="2"/>
+      <c r="O11" s="2"/>
+      <c r="P11" s="2"/>
+      <c r="Q11" s="2"/>
+      <c r="R11" s="2"/>
+      <c r="S11" s="2"/>
+      <c r="T11" s="2"/>
+      <c r="U11" s="2"/>
+      <c r="V11" s="2"/>
+      <c r="W11" s="2"/>
+      <c r="X11" s="2"/>
+      <c r="Y11" s="2"/>
+      <c r="Z11" s="2"/>
+      <c r="AA11" s="2"/>
+      <c r="AB11" s="2"/>
+      <c r="AC11" s="2"/>
+      <c r="AD11" s="2"/>
+      <c r="AE11" s="2"/>
+      <c r="AF11" s="2"/>
+      <c r="AG11" s="2"/>
+      <c r="AH11" s="2"/>
+      <c r="AI11" s="2"/>
+      <c r="AJ11" s="2"/>
+      <c r="AK11" s="2"/>
+      <c r="AL11" s="2"/>
+      <c r="AM11" s="2"/>
+      <c r="AN11" s="2"/>
+      <c r="AO11" s="2"/>
+      <c r="AP11" s="2"/>
+      <c r="AQ11" s="2"/>
+      <c r="AR11" s="2"/>
+      <c r="AS11" s="2"/>
+      <c r="AT11" s="2"/>
+      <c r="AU11" s="2"/>
+      <c r="AV11" s="2"/>
+      <c r="AW11" s="2"/>
+      <c r="AX11" s="2"/>
+      <c r="AY11" s="2"/>
+      <c r="AZ11" s="2"/>
+      <c r="BA11" s="2"/>
+      <c r="BB11" s="2"/>
+      <c r="BC11" s="2"/>
+      <c r="BD11" s="2"/>
+      <c r="BE11" s="2"/>
+      <c r="BF11" s="2"/>
+      <c r="BG11" s="2"/>
+      <c r="BH11" s="2"/>
+      <c r="BI11" s="2"/>
+      <c r="BJ11" s="2"/>
+      <c r="BK11" s="2"/>
+      <c r="BL11" s="2"/>
+      <c r="BM11" s="2"/>
+      <c r="BN11" s="2"/>
+      <c r="BO11" s="2"/>
+      <c r="BP11" s="2"/>
+      <c r="BQ11" s="2"/>
+      <c r="BR11" s="2"/>
+      <c r="BS11" s="2"/>
+      <c r="BT11" s="2"/>
+      <c r="BU11" s="2"/>
+      <c r="BV11" s="2"/>
+      <c r="BW11" s="2"/>
+      <c r="BX11" s="2"/>
+      <c r="BY11" s="2"/>
+      <c r="BZ11" s="2"/>
+      <c r="CA11" s="2"/>
+      <c r="CB11" s="2"/>
+      <c r="CC11" s="2"/>
+      <c r="CD11" s="2"/>
+      <c r="CE11" s="2"/>
+      <c r="CF11" s="2"/>
+      <c r="CG11" s="2"/>
+      <c r="CH11" s="2"/>
+      <c r="CI11" s="2"/>
+      <c r="CJ11" s="2"/>
+      <c r="CK11" s="2"/>
+      <c r="CL11" s="2"/>
+      <c r="CM11" s="2"/>
+      <c r="CN11" s="2"/>
+      <c r="CO11" s="2"/>
+      <c r="CP11" s="2"/>
+      <c r="CQ11" s="2"/>
+      <c r="CR11" s="2"/>
+      <c r="CS11" s="2"/>
+      <c r="CT11" s="2"/>
+      <c r="CU11" s="2"/>
+      <c r="CV11" s="2"/>
+      <c r="CW11" s="2"/>
+      <c r="CX11" s="2"/>
+      <c r="CY11" s="2"/>
+      <c r="CZ11" s="2"/>
+      <c r="DA11" s="2"/>
+      <c r="DB11" s="2"/>
+      <c r="DC11" s="2"/>
+      <c r="DD11" s="2"/>
+      <c r="DE11" s="2"/>
     </row>
     <row r="12" spans="1:109">
       <c r="A12" t="s">
+        <v>120</v>
+      </c>
+      <c r="B12" t="s">
         <v>121</v>
       </c>
-      <c r="B12" t="s">
+    </row>
+    <row r="13" spans="1:109">
+      <c r="A13" t="s">
         <v>122</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="1" t="s">
+      <c r="B13" t="s">
         <v>123</v>
       </c>
-      <c r="B14" s="1"/>
-[...106 lines deleted...]
-      <c r="DE14" s="1"/>
     </row>
     <row r="15" spans="1:109">
-      <c r="A15" t="s">
+      <c r="A15" s="1" t="s">
         <v>124</v>
+      </c>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+      <c r="X15" s="1"/>
+      <c r="Y15" s="1"/>
+      <c r="Z15" s="1"/>
+      <c r="AA15" s="1"/>
+      <c r="AB15" s="1"/>
+      <c r="AC15" s="1"/>
+      <c r="AD15" s="1"/>
+      <c r="AE15" s="1"/>
+      <c r="AF15" s="1"/>
+      <c r="AG15" s="1"/>
+      <c r="AH15" s="1"/>
+      <c r="AI15" s="1"/>
+      <c r="AJ15" s="1"/>
+      <c r="AK15" s="1"/>
+      <c r="AL15" s="1"/>
+      <c r="AM15" s="1"/>
+      <c r="AN15" s="1"/>
+      <c r="AO15" s="1"/>
+      <c r="AP15" s="1"/>
+      <c r="AQ15" s="1"/>
+      <c r="AR15" s="1"/>
+      <c r="AS15" s="1"/>
+      <c r="AT15" s="1"/>
+      <c r="AU15" s="1"/>
+      <c r="AV15" s="1"/>
+      <c r="AW15" s="1"/>
+      <c r="AX15" s="1"/>
+      <c r="AY15" s="1"/>
+      <c r="AZ15" s="1"/>
+      <c r="BA15" s="1"/>
+      <c r="BB15" s="1"/>
+      <c r="BC15" s="1"/>
+      <c r="BD15" s="1"/>
+      <c r="BE15" s="1"/>
+      <c r="BF15" s="1"/>
+      <c r="BG15" s="1"/>
+      <c r="BH15" s="1"/>
+      <c r="BI15" s="1"/>
+      <c r="BJ15" s="1"/>
+      <c r="BK15" s="1"/>
+      <c r="BL15" s="1"/>
+      <c r="BM15" s="1"/>
+      <c r="BN15" s="1"/>
+      <c r="BO15" s="1"/>
+      <c r="BP15" s="1"/>
+      <c r="BQ15" s="1"/>
+      <c r="BR15" s="1"/>
+      <c r="BS15" s="1"/>
+      <c r="BT15" s="1"/>
+      <c r="BU15" s="1"/>
+      <c r="BV15" s="1"/>
+      <c r="BW15" s="1"/>
+      <c r="BX15" s="1"/>
+      <c r="BY15" s="1"/>
+      <c r="BZ15" s="1"/>
+      <c r="CA15" s="1"/>
+      <c r="CB15" s="1"/>
+      <c r="CC15" s="1"/>
+      <c r="CD15" s="1"/>
+      <c r="CE15" s="1"/>
+      <c r="CF15" s="1"/>
+      <c r="CG15" s="1"/>
+      <c r="CH15" s="1"/>
+      <c r="CI15" s="1"/>
+      <c r="CJ15" s="1"/>
+      <c r="CK15" s="1"/>
+      <c r="CL15" s="1"/>
+      <c r="CM15" s="1"/>
+      <c r="CN15" s="1"/>
+      <c r="CO15" s="1"/>
+      <c r="CP15" s="1"/>
+      <c r="CQ15" s="1"/>
+      <c r="CR15" s="1"/>
+      <c r="CS15" s="1"/>
+      <c r="CT15" s="1"/>
+      <c r="CU15" s="1"/>
+      <c r="CV15" s="1"/>
+      <c r="CW15" s="1"/>
+      <c r="CX15" s="1"/>
+      <c r="CY15" s="1"/>
+      <c r="CZ15" s="1"/>
+      <c r="DA15" s="1"/>
+      <c r="DB15" s="1"/>
+      <c r="DC15" s="1"/>
+      <c r="DD15" s="1"/>
+      <c r="DE15" s="1"/>
+    </row>
+    <row r="16" spans="1:109">
+      <c r="A16" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A15:DE15"/>
+    <mergeCell ref="A16:DE16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>