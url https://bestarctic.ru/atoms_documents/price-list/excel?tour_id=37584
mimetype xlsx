--- v1 (2026-01-10)
+++ v2 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="37584-kamchatka-letnij-ek..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>15.06.2026</t>
   </si>
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>17.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>19.06.2026</t>
   </si>
   <si>
     <t>20.06.2026</t>
   </si>
   <si>
     <t>21.06.2026</t>
   </si>
   <si>
     <t>22.06.2026</t>
   </si>
   <si>
@@ -368,72 +368,69 @@
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>160000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>210000 RUB</t>
   </si>
   <si>
     <t>Apart «Family Room»</t>
   </si>
   <si>
     <t>202000 RUB</t>
   </si>
   <si>
-    <t>0 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>4000 RUB</t>
   </si>
   <si>
     <t>Камчатский welcom сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 02:55, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 13.03.2026 21:11, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2881,372 +2878,372 @@
       </c>
       <c r="CZ8" t="s">
         <v>117</v>
       </c>
       <c r="DA8" t="s">
         <v>117</v>
       </c>
       <c r="DB8" t="s">
         <v>117</v>
       </c>
       <c r="DC8" t="s">
         <v>117</v>
       </c>
       <c r="DD8" t="s">
         <v>117</v>
       </c>
       <c r="DE8" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="9" spans="1:109">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="F9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="H9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="I9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="J9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="L9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="M9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="N9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="O9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="P9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="Q9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="R9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="S9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="T9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="U9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="V9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="W9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="X9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="Y9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="Z9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AA9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AB9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AC9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AD9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AE9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AF9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AG9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AH9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AI9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AJ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AK9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AL9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AM9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AN9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AO9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AP9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AQ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AR9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AS9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AT9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AU9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AV9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AW9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AX9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AY9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="AZ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BA9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BB9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BC9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BD9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BE9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BF9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BG9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BH9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BI9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BJ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BK9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BL9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BM9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BN9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BO9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BP9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BQ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BR9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BS9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BT9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BU9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BV9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BW9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BX9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BY9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="BZ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CA9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CB9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CC9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CD9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CE9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CF9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CG9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CH9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CI9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CJ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CK9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CL9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CM9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CN9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CO9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CP9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CQ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CR9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CS9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CT9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CU9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CV9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CW9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CX9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CY9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="CZ9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="DA9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="DB9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="DC9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="DD9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="DE9" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
     </row>
     <row r="10" spans="1:109">
       <c r="A10" s="4"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
       <c r="R10" s="4"/>
       <c r="S10" s="4"/>
       <c r="T10" s="4"/>
       <c r="U10" s="4"/>
       <c r="V10" s="4"/>
@@ -3318,51 +3315,51 @@
       <c r="CJ10" s="4"/>
       <c r="CK10" s="4"/>
       <c r="CL10" s="4"/>
       <c r="CM10" s="4"/>
       <c r="CN10" s="4"/>
       <c r="CO10" s="4"/>
       <c r="CP10" s="4"/>
       <c r="CQ10" s="4"/>
       <c r="CR10" s="4"/>
       <c r="CS10" s="4"/>
       <c r="CT10" s="4"/>
       <c r="CU10" s="4"/>
       <c r="CV10" s="4"/>
       <c r="CW10" s="4"/>
       <c r="CX10" s="4"/>
       <c r="CY10" s="4"/>
       <c r="CZ10" s="4"/>
       <c r="DA10" s="4"/>
       <c r="DB10" s="4"/>
       <c r="DC10" s="4"/>
       <c r="DD10" s="4"/>
       <c r="DE10" s="4"/>
     </row>
     <row r="11" spans="1:109">
       <c r="A11" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
       <c r="S11" s="2"/>
       <c r="T11" s="2"/>
       <c r="U11" s="2"/>
       <c r="V11" s="2"/>
       <c r="W11" s="2"/>
       <c r="X11" s="2"/>
       <c r="Y11" s="2"/>
@@ -3431,67 +3428,67 @@
       <c r="CJ11" s="2"/>
       <c r="CK11" s="2"/>
       <c r="CL11" s="2"/>
       <c r="CM11" s="2"/>
       <c r="CN11" s="2"/>
       <c r="CO11" s="2"/>
       <c r="CP11" s="2"/>
       <c r="CQ11" s="2"/>
       <c r="CR11" s="2"/>
       <c r="CS11" s="2"/>
       <c r="CT11" s="2"/>
       <c r="CU11" s="2"/>
       <c r="CV11" s="2"/>
       <c r="CW11" s="2"/>
       <c r="CX11" s="2"/>
       <c r="CY11" s="2"/>
       <c r="CZ11" s="2"/>
       <c r="DA11" s="2"/>
       <c r="DB11" s="2"/>
       <c r="DC11" s="2"/>
       <c r="DD11" s="2"/>
       <c r="DE11" s="2"/>
     </row>
     <row r="12" spans="1:109">
       <c r="A12" t="s">
+        <v>119</v>
+      </c>
+      <c r="B12" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="13" spans="1:109">
       <c r="A13" t="s">
+        <v>121</v>
+      </c>
+      <c r="B13" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:109">
       <c r="A15" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
@@ -3560,51 +3557,51 @@
       <c r="CJ15" s="1"/>
       <c r="CK15" s="1"/>
       <c r="CL15" s="1"/>
       <c r="CM15" s="1"/>
       <c r="CN15" s="1"/>
       <c r="CO15" s="1"/>
       <c r="CP15" s="1"/>
       <c r="CQ15" s="1"/>
       <c r="CR15" s="1"/>
       <c r="CS15" s="1"/>
       <c r="CT15" s="1"/>
       <c r="CU15" s="1"/>
       <c r="CV15" s="1"/>
       <c r="CW15" s="1"/>
       <c r="CX15" s="1"/>
       <c r="CY15" s="1"/>
       <c r="CZ15" s="1"/>
       <c r="DA15" s="1"/>
       <c r="DB15" s="1"/>
       <c r="DC15" s="1"/>
       <c r="DD15" s="1"/>
       <c r="DE15" s="1"/>
     </row>
     <row r="16" spans="1:109">
       <c r="A16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A16:DE16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>