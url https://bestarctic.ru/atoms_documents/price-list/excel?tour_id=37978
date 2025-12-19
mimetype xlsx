--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -128,51 +128,51 @@
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Посещение музея Вулканариум во время обзорной экскурсии</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Аренда удочки во время сплава</t>
   </si>
   <si>
     <t>0 RUB</t>
   </si>
   <si>
     <t>Аренда забродных сапог</t>
   </si>
   <si>
     <t>Аренда трекинговых палок</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 01.11.2025 03:07, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 19.12.2025 10:19, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>