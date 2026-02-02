--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -125,54 +125,54 @@
   <si>
     <t>Отель Ю</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Посещение музея Вулканариум во время обзорной экскурсии</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Аренда удочки во время сплава</t>
   </si>
   <si>
     <t>0 RUB</t>
   </si>
   <si>
     <t>Аренда забродных сапог</t>
   </si>
   <si>
     <t>Аренда трекинговых палок</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 19.12.2025 10:19, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 03.02.2026 02:59, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>