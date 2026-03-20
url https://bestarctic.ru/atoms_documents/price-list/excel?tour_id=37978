--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -128,51 +128,51 @@
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Посещение музея Вулканариум во время обзорной экскурсии</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Аренда удочки во время сплава</t>
   </si>
   <si>
     <t>0 RUB</t>
   </si>
   <si>
     <t>Аренда забродных сапог</t>
   </si>
   <si>
     <t>Аренда трекинговых палок</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 03.02.2026 02:59, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.03.2026 06:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>