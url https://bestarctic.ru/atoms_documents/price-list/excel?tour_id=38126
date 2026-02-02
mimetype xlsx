--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -86,54 +86,54 @@
   <si>
     <t>135300 RUB</t>
   </si>
   <si>
     <t>Стандарт ДАБЛ</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>158700 RUB</t>
   </si>
   <si>
     <t>Улучшенный ТВИН</t>
   </si>
   <si>
     <t>139800 RUB</t>
   </si>
   <si>
     <t>Улучшенный Дабл</t>
   </si>
   <si>
     <t>1/2 Двухместного номера, подселение</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 05.11.2025 01:02, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 03.02.2026 04:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>