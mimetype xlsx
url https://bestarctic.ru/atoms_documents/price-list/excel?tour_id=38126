--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -89,51 +89,51 @@
   <si>
     <t>Стандарт ДАБЛ</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>158700 RUB</t>
   </si>
   <si>
     <t>Улучшенный ТВИН</t>
   </si>
   <si>
     <t>139800 RUB</t>
   </si>
   <si>
     <t>Улучшенный Дабл</t>
   </si>
   <si>
     <t>1/2 Двухместного номера, подселение</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 03.02.2026 04:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 20.03.2026 06:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>