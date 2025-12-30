--- v0 (2025-10-24)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="38147-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>01.04.2026</t>
   </si>
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>05.04.2026</t>
   </si>
   <si>
     <t>06.04.2026</t>
   </si>
   <si>
     <t>07.04.2026</t>
   </si>
   <si>
     <t>08.04.2026</t>
   </si>
   <si>
@@ -320,57 +320,63 @@
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>115000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>95000 RUB</t>
   </si>
   <si>
     <t>125000 RUB</t>
   </si>
   <si>
     <t>135000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Страхование «Активный отдых»</t>
   </si>
   <si>
-    <t>1200 RUB</t>
-[...5 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 25.10.2025 02:55, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>200 RUB</t>
+  </si>
+  <si>
+    <t>термальный SPA в спа-отеле Лагуна 4*</t>
+  </si>
+  <si>
+    <t>1500 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 30.12.2025 11:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,54 +718,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CC20"/>
+  <dimension ref="A1:CC21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A19" sqref="A19:CC19"/>
+      <selection activeCell="A20" sqref="A20:CC20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -3767,144 +3773,152 @@
       <c r="BN16" s="2"/>
       <c r="BO16" s="2"/>
       <c r="BP16" s="2"/>
       <c r="BQ16" s="2"/>
       <c r="BR16" s="2"/>
       <c r="BS16" s="2"/>
       <c r="BT16" s="2"/>
       <c r="BU16" s="2"/>
       <c r="BV16" s="2"/>
       <c r="BW16" s="2"/>
       <c r="BX16" s="2"/>
       <c r="BY16" s="2"/>
       <c r="BZ16" s="2"/>
       <c r="CA16" s="2"/>
       <c r="CB16" s="2"/>
       <c r="CC16" s="2"/>
     </row>
     <row r="17" spans="1:81">
       <c r="A17" t="s">
         <v>101</v>
       </c>
       <c r="B17" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="19" spans="1:81">
-      <c r="A19" s="1" t="s">
+    <row r="18" spans="1:81">
+      <c r="A18" t="s">
         <v>103</v>
       </c>
-      <c r="B19" s="1"/>
-[...78 lines deleted...]
-      <c r="CC19" s="1"/>
+      <c r="B18" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="20" spans="1:81">
-      <c r="A20" t="s">
-        <v>104</v>
+      <c r="A20" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="1"/>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="1"/>
+      <c r="Z20" s="1"/>
+      <c r="AA20" s="1"/>
+      <c r="AB20" s="1"/>
+      <c r="AC20" s="1"/>
+      <c r="AD20" s="1"/>
+      <c r="AE20" s="1"/>
+      <c r="AF20" s="1"/>
+      <c r="AG20" s="1"/>
+      <c r="AH20" s="1"/>
+      <c r="AI20" s="1"/>
+      <c r="AJ20" s="1"/>
+      <c r="AK20" s="1"/>
+      <c r="AL20" s="1"/>
+      <c r="AM20" s="1"/>
+      <c r="AN20" s="1"/>
+      <c r="AO20" s="1"/>
+      <c r="AP20" s="1"/>
+      <c r="AQ20" s="1"/>
+      <c r="AR20" s="1"/>
+      <c r="AS20" s="1"/>
+      <c r="AT20" s="1"/>
+      <c r="AU20" s="1"/>
+      <c r="AV20" s="1"/>
+      <c r="AW20" s="1"/>
+      <c r="AX20" s="1"/>
+      <c r="AY20" s="1"/>
+      <c r="AZ20" s="1"/>
+      <c r="BA20" s="1"/>
+      <c r="BB20" s="1"/>
+      <c r="BC20" s="1"/>
+      <c r="BD20" s="1"/>
+      <c r="BE20" s="1"/>
+      <c r="BF20" s="1"/>
+      <c r="BG20" s="1"/>
+      <c r="BH20" s="1"/>
+      <c r="BI20" s="1"/>
+      <c r="BJ20" s="1"/>
+      <c r="BK20" s="1"/>
+      <c r="BL20" s="1"/>
+      <c r="BM20" s="1"/>
+      <c r="BN20" s="1"/>
+      <c r="BO20" s="1"/>
+      <c r="BP20" s="1"/>
+      <c r="BQ20" s="1"/>
+      <c r="BR20" s="1"/>
+      <c r="BS20" s="1"/>
+      <c r="BT20" s="1"/>
+      <c r="BU20" s="1"/>
+      <c r="BV20" s="1"/>
+      <c r="BW20" s="1"/>
+      <c r="BX20" s="1"/>
+      <c r="BY20" s="1"/>
+      <c r="BZ20" s="1"/>
+      <c r="CA20" s="1"/>
+      <c r="CB20" s="1"/>
+      <c r="CC20" s="1"/>
+    </row>
+    <row r="21" spans="1:81">
+      <c r="A21" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A20:CC20"/>
+    <mergeCell ref="A21:CC21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>