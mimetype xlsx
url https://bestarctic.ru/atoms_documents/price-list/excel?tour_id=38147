--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -332,51 +332,51 @@
   <si>
     <t>125000 RUB</t>
   </si>
   <si>
     <t>135000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Страхование «Активный отдых»</t>
   </si>
   <si>
     <t>200 RUB</t>
   </si>
   <si>
     <t>термальный SPA в спа-отеле Лагуна 4*</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 30.12.2025 11:05, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 13.02.2026 16:06, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>