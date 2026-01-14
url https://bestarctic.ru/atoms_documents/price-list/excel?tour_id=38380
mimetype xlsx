--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -12,78 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="38380-zimnyaya-skazka-kam..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
-[...26 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>14.01.2026</t>
   </si>
   <si>
     <t>15.01.2026</t>
   </si>
   <si>
     <t>16.01.2026</t>
   </si>
   <si>
     <t>17.01.2026</t>
   </si>
   <si>
     <t>18.01.2026</t>
   </si>
   <si>
     <t>19.01.2026</t>
   </si>
   <si>
     <t>20.01.2026</t>
   </si>
   <si>
     <t>21.01.2026</t>
   </si>
   <si>
@@ -269,54 +242,54 @@
   <si>
     <t>86400 RUB</t>
   </si>
   <si>
     <t>База отдыха "Антариус"</t>
   </si>
   <si>
     <t>137000 RUB</t>
   </si>
   <si>
     <t>161500 RUB</t>
   </si>
   <si>
     <t>123300 RUB</t>
   </si>
   <si>
     <t>109600 RUB</t>
   </si>
   <si>
     <t>Лагуна</t>
   </si>
   <si>
     <t>168500 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 16.10.2025 21:55, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 14.01.2026 09:34, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -658,93 +631,84 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF83"/>
+  <dimension ref="A1:W83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A82" sqref="A82:AF82"/>
+      <selection activeCell="A82" sqref="A82:W82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...7 lines deleted...]
-    <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:23">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -768,5989 +732,4360 @@
       </c>
       <c r="P1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="X1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:23">
+      <c r="A2" s="2" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>31</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
-      <c r="X2" s="2"/>
-[...9 lines deleted...]
-    <row r="3" spans="1:32">
+    </row>
+    <row r="3" spans="1:23">
       <c r="A3" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
-      <c r="X3" s="3"/>
-[...9 lines deleted...]
-    <row r="4" spans="1:32">
+    </row>
+    <row r="4" spans="1:23">
       <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K4" t="s">
+        <v>25</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>25</v>
+      </c>
+      <c r="P4" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>25</v>
+      </c>
+      <c r="R4" t="s">
+        <v>25</v>
+      </c>
+      <c r="S4" t="s">
+        <v>25</v>
+      </c>
+      <c r="T4" t="s">
+        <v>25</v>
+      </c>
+      <c r="U4" t="s">
+        <v>25</v>
+      </c>
+      <c r="V4" t="s">
+        <v>25</v>
+      </c>
+      <c r="W4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I5" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K5" t="s">
+        <v>27</v>
+      </c>
+      <c r="L5" t="s">
+        <v>27</v>
+      </c>
+      <c r="M5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R5" t="s">
+        <v>27</v>
+      </c>
+      <c r="S5" t="s">
+        <v>27</v>
+      </c>
+      <c r="T5" t="s">
+        <v>27</v>
+      </c>
+      <c r="U5" t="s">
+        <v>27</v>
+      </c>
+      <c r="V5" t="s">
+        <v>27</v>
+      </c>
+      <c r="W5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6" t="s">
+        <v>29</v>
+      </c>
+      <c r="I6" t="s">
+        <v>29</v>
+      </c>
+      <c r="J6" t="s">
+        <v>29</v>
+      </c>
+      <c r="K6" t="s">
+        <v>29</v>
+      </c>
+      <c r="L6" t="s">
+        <v>29</v>
+      </c>
+      <c r="M6" t="s">
+        <v>29</v>
+      </c>
+      <c r="N6" t="s">
+        <v>29</v>
+      </c>
+      <c r="O6" t="s">
+        <v>29</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>29</v>
+      </c>
+      <c r="R6" t="s">
+        <v>29</v>
+      </c>
+      <c r="S6" t="s">
+        <v>29</v>
+      </c>
+      <c r="T6" t="s">
+        <v>29</v>
+      </c>
+      <c r="U6" t="s">
+        <v>29</v>
+      </c>
+      <c r="V6" t="s">
+        <v>29</v>
+      </c>
+      <c r="W6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" t="s">
+        <v>31</v>
+      </c>
+      <c r="I7" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" t="s">
+        <v>31</v>
+      </c>
+      <c r="L7" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7" t="s">
+        <v>31</v>
+      </c>
+      <c r="N7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O7" t="s">
+        <v>31</v>
+      </c>
+      <c r="P7" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>31</v>
+      </c>
+      <c r="R7" t="s">
+        <v>31</v>
+      </c>
+      <c r="S7" t="s">
+        <v>31</v>
+      </c>
+      <c r="T7" t="s">
+        <v>31</v>
+      </c>
+      <c r="U7" t="s">
+        <v>31</v>
+      </c>
+      <c r="V7" t="s">
+        <v>31</v>
+      </c>
+      <c r="W7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" t="s">
+        <v>29</v>
+      </c>
+      <c r="H8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" t="s">
+        <v>29</v>
+      </c>
+      <c r="K8" t="s">
+        <v>29</v>
+      </c>
+      <c r="L8" t="s">
+        <v>29</v>
+      </c>
+      <c r="M8" t="s">
+        <v>29</v>
+      </c>
+      <c r="N8" t="s">
+        <v>29</v>
+      </c>
+      <c r="O8" t="s">
+        <v>29</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>29</v>
+      </c>
+      <c r="R8" t="s">
+        <v>29</v>
+      </c>
+      <c r="S8" t="s">
+        <v>29</v>
+      </c>
+      <c r="T8" t="s">
+        <v>29</v>
+      </c>
+      <c r="U8" t="s">
+        <v>29</v>
+      </c>
+      <c r="V8" t="s">
+        <v>29</v>
+      </c>
+      <c r="W8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3" t="s">
         <v>33</v>
-      </c>
-[...488 lines deleted...]
-        <v>42</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
-      <c r="X9" s="3"/>
-[...9 lines deleted...]
-    <row r="10" spans="1:32">
+    </row>
+    <row r="10" spans="1:23">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="H10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="J10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="M10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="N10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="O10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="P10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="Q10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="R10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="S10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="T10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="U10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="V10" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="W10" t="s">
-        <v>43</v>
-[...29 lines deleted...]
-    <row r="11" spans="1:32">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23">
       <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
         <v>35</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="H11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="I11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="J11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="K11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="M11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="N11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="O11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="P11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="Q11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="R11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="S11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="U11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="V11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="W11" t="s">
-        <v>44</v>
-[...29 lines deleted...]
-    <row r="12" spans="1:32">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" spans="1:23">
       <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" t="s">
+        <v>36</v>
+      </c>
+      <c r="H12" t="s">
+        <v>36</v>
+      </c>
+      <c r="I12" t="s">
+        <v>36</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>36</v>
+      </c>
+      <c r="P12" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>36</v>
+      </c>
+      <c r="R12" t="s">
+        <v>36</v>
+      </c>
+      <c r="S12" t="s">
+        <v>36</v>
+      </c>
+      <c r="T12" t="s">
+        <v>36</v>
+      </c>
+      <c r="U12" t="s">
+        <v>36</v>
+      </c>
+      <c r="V12" t="s">
+        <v>36</v>
+      </c>
+      <c r="W12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" t="s">
         <v>37</v>
       </c>
-      <c r="B12" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="G13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="I13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="J13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="K13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="M13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="N13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="O13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="P13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="Q13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="R13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="S13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="T13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="U13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="V13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="W13" t="s">
-        <v>46</v>
-[...29 lines deleted...]
-    <row r="14" spans="1:32">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="H14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="I14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="K14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="M14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="N14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="O14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="P14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="Q14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="R14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="S14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="T14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="U14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="V14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="W14" t="s">
-        <v>45</v>
-[...29 lines deleted...]
-    <row r="15" spans="1:32">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
-      <c r="X15" s="4"/>
-[...9 lines deleted...]
-    <row r="16" spans="1:32">
+    </row>
+    <row r="16" spans="1:23">
       <c r="A16" s="2" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
-      <c r="X16" s="2"/>
-[...9 lines deleted...]
-    <row r="17" spans="1:32">
+    </row>
+    <row r="17" spans="1:23">
       <c r="A17" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
-      <c r="X17" s="3"/>
-[...9 lines deleted...]
-    <row r="18" spans="1:32">
+    </row>
+    <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="G18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="H18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="I18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="J18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="K18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="L18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="M18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="N18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="O18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="P18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="Q18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="R18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="S18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="T18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="U18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="V18" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="W18" t="s">
-        <v>48</v>
-[...29 lines deleted...]
-    <row r="19" spans="1:32">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="H19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="I19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="J19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="K19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="L19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="M19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="N19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="O19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="P19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="Q19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="R19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="S19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="T19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="U19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="V19" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="W19" t="s">
-        <v>49</v>
-[...29 lines deleted...]
-    <row r="20" spans="1:32">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="H20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="I20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="J20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="K20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="L20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="M20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="N20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="O20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="P20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="Q20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="R20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="S20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="T20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="U20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="V20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="W20" t="s">
-        <v>50</v>
-[...29 lines deleted...]
-    <row r="21" spans="1:32">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="G21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="H21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="I21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="J21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="K21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="L21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="M21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="N21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="O21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="P21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="Q21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="R21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="S21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="T21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="U21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="V21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="W21" t="s">
-        <v>51</v>
-[...29 lines deleted...]
-    <row r="22" spans="1:32">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:23">
       <c r="A22" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" t="s">
         <v>41</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="F22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="G22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="H22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="I22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="J22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="K22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="L22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="M22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="N22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="O22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="P22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="Q22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="R22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="S22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="T22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="U22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="V22" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="W22" t="s">
-        <v>50</v>
-[...29 lines deleted...]
-    <row r="23" spans="1:32">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:23">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="4"/>
       <c r="M23" s="4"/>
       <c r="N23" s="4"/>
       <c r="O23" s="4"/>
       <c r="P23" s="4"/>
       <c r="Q23" s="4"/>
       <c r="R23" s="4"/>
       <c r="S23" s="4"/>
       <c r="T23" s="4"/>
       <c r="U23" s="4"/>
       <c r="V23" s="4"/>
       <c r="W23" s="4"/>
-      <c r="X23" s="4"/>
-[...9 lines deleted...]
-    <row r="24" spans="1:32">
+    </row>
+    <row r="24" spans="1:23">
       <c r="A24" s="2" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
       <c r="S24" s="2"/>
       <c r="T24" s="2"/>
       <c r="U24" s="2"/>
       <c r="V24" s="2"/>
       <c r="W24" s="2"/>
-      <c r="X24" s="2"/>
-[...9 lines deleted...]
-    <row r="25" spans="1:32">
+    </row>
+    <row r="25" spans="1:23">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
       <c r="P25" s="3"/>
       <c r="Q25" s="3"/>
       <c r="R25" s="3"/>
       <c r="S25" s="3"/>
       <c r="T25" s="3"/>
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
-      <c r="X25" s="3"/>
-[...9 lines deleted...]
-    <row r="26" spans="1:32">
+    </row>
+    <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="H26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="I26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="J26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="K26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="L26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="M26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="N26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="O26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="P26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="Q26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="R26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="S26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="T26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="U26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="V26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="W26" t="s">
-        <v>54</v>
-[...29 lines deleted...]
-    <row r="27" spans="1:32">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="H27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="I27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="J27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="K27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="L27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="M27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="N27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="O27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="P27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="Q27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="R27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="S27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="T27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="U27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="V27" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="W27" t="s">
-        <v>55</v>
-[...29 lines deleted...]
-    <row r="28" spans="1:32">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="C28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="E28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="I28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="J28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="M28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="N28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="O28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="P28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="Q28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="R28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="S28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="T28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="U28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="V28" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="W28" t="s">
-        <v>56</v>
-[...29 lines deleted...]
-    <row r="29" spans="1:32">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="E29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="F29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="H29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="J29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="K29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="L29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="M29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="N29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="O29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="R29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="S29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="T29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="U29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="V29" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="W29" t="s">
-        <v>57</v>
-[...29 lines deleted...]
-    <row r="30" spans="1:32">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:23">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
       <c r="J30" s="4"/>
       <c r="K30" s="4"/>
       <c r="L30" s="4"/>
       <c r="M30" s="4"/>
       <c r="N30" s="4"/>
       <c r="O30" s="4"/>
       <c r="P30" s="4"/>
       <c r="Q30" s="4"/>
       <c r="R30" s="4"/>
       <c r="S30" s="4"/>
       <c r="T30" s="4"/>
       <c r="U30" s="4"/>
       <c r="V30" s="4"/>
       <c r="W30" s="4"/>
-      <c r="X30" s="4"/>
-[...9 lines deleted...]
-    <row r="31" spans="1:32">
+    </row>
+    <row r="31" spans="1:23">
       <c r="A31" s="2" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
       <c r="O31" s="2"/>
       <c r="P31" s="2"/>
       <c r="Q31" s="2"/>
       <c r="R31" s="2"/>
       <c r="S31" s="2"/>
       <c r="T31" s="2"/>
       <c r="U31" s="2"/>
       <c r="V31" s="2"/>
       <c r="W31" s="2"/>
-      <c r="X31" s="2"/>
-[...9 lines deleted...]
-    <row r="32" spans="1:32">
+    </row>
+    <row r="32" spans="1:23">
       <c r="A32" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
       <c r="O32" s="3"/>
       <c r="P32" s="3"/>
       <c r="Q32" s="3"/>
       <c r="R32" s="3"/>
       <c r="S32" s="3"/>
       <c r="T32" s="3"/>
       <c r="U32" s="3"/>
       <c r="V32" s="3"/>
       <c r="W32" s="3"/>
-      <c r="X32" s="3"/>
-[...9 lines deleted...]
-    <row r="33" spans="1:32">
+    </row>
+    <row r="33" spans="1:23">
       <c r="A33" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="H33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="I33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="J33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="K33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="L33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="M33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="N33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="O33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="P33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="Q33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="R33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="S33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="T33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="U33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="V33" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="W33" t="s">
-        <v>54</v>
-[...29 lines deleted...]
-    <row r="34" spans="1:32">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="34" spans="1:23">
       <c r="A34" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="C34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="E34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="I34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="J34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="L34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="M34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="N34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="O34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="P34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="Q34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="R34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="S34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="T34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="U34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="V34" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="W34" t="s">
-        <v>56</v>
-[...29 lines deleted...]
-    <row r="35" spans="1:32">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="35" spans="1:23">
       <c r="A35" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="E35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="F35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="H35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="J35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="K35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="L35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="M35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="N35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="O35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="P35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="R35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="S35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="T35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="U35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="V35" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="W35" t="s">
-        <v>57</v>
-[...29 lines deleted...]
-    <row r="36" spans="1:32">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:23">
       <c r="A36" s="3" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
       <c r="N36" s="3"/>
       <c r="O36" s="3"/>
       <c r="P36" s="3"/>
       <c r="Q36" s="3"/>
       <c r="R36" s="3"/>
       <c r="S36" s="3"/>
       <c r="T36" s="3"/>
       <c r="U36" s="3"/>
       <c r="V36" s="3"/>
       <c r="W36" s="3"/>
-      <c r="X36" s="3"/>
-[...9 lines deleted...]
-    <row r="37" spans="1:32">
+    </row>
+    <row r="37" spans="1:23">
       <c r="A37" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="C37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="F37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="H37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="I37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="J37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="K37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="L37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="M37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="N37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="O37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="P37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="Q37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="R37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="S37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="T37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="U37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="V37" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="W37" t="s">
-        <v>60</v>
-[...29 lines deleted...]
-    <row r="38" spans="1:32">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="38" spans="1:23">
       <c r="A38" s="4"/>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
       <c r="I38" s="4"/>
       <c r="J38" s="4"/>
       <c r="K38" s="4"/>
       <c r="L38" s="4"/>
       <c r="M38" s="4"/>
       <c r="N38" s="4"/>
       <c r="O38" s="4"/>
       <c r="P38" s="4"/>
       <c r="Q38" s="4"/>
       <c r="R38" s="4"/>
       <c r="S38" s="4"/>
       <c r="T38" s="4"/>
       <c r="U38" s="4"/>
       <c r="V38" s="4"/>
       <c r="W38" s="4"/>
-      <c r="X38" s="4"/>
-[...9 lines deleted...]
-    <row r="39" spans="1:32">
+    </row>
+    <row r="39" spans="1:23">
       <c r="A39" s="2" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
       <c r="M39" s="2"/>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
       <c r="S39" s="2"/>
       <c r="T39" s="2"/>
       <c r="U39" s="2"/>
       <c r="V39" s="2"/>
       <c r="W39" s="2"/>
-      <c r="X39" s="2"/>
-[...9 lines deleted...]
-    <row r="40" spans="1:32">
+    </row>
+    <row r="40" spans="1:23">
       <c r="A40" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
       <c r="P40" s="3"/>
       <c r="Q40" s="3"/>
       <c r="R40" s="3"/>
       <c r="S40" s="3"/>
       <c r="T40" s="3"/>
       <c r="U40" s="3"/>
       <c r="V40" s="3"/>
       <c r="W40" s="3"/>
-      <c r="X40" s="3"/>
-[...9 lines deleted...]
-    <row r="41" spans="1:32">
+    </row>
+    <row r="41" spans="1:23">
       <c r="A41" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="H41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="I41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="J41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="K41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="L41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="M41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="N41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="O41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="P41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="Q41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="R41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="S41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="T41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="U41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="V41" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="W41" t="s">
-        <v>54</v>
-[...29 lines deleted...]
-    <row r="42" spans="1:32">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="42" spans="1:23">
       <c r="A42" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="C42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="E42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="F42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="I42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="J42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="L42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="M42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="N42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="O42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="P42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="Q42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="R42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="S42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="T42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="U42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="V42" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="W42" t="s">
-        <v>56</v>
-[...29 lines deleted...]
-    <row r="43" spans="1:32">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="43" spans="1:23">
       <c r="A43" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="E43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="F43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="H43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="J43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="K43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="L43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="M43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="N43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="O43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="P43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="R43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="S43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="T43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="U43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="V43" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="W43" t="s">
-        <v>57</v>
-[...29 lines deleted...]
-    <row r="44" spans="1:32">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="44" spans="1:23">
       <c r="A44" s="3" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
       <c r="N44" s="3"/>
       <c r="O44" s="3"/>
       <c r="P44" s="3"/>
       <c r="Q44" s="3"/>
       <c r="R44" s="3"/>
       <c r="S44" s="3"/>
       <c r="T44" s="3"/>
       <c r="U44" s="3"/>
       <c r="V44" s="3"/>
       <c r="W44" s="3"/>
-      <c r="X44" s="3"/>
-[...9 lines deleted...]
-    <row r="45" spans="1:32">
+    </row>
+    <row r="45" spans="1:23">
       <c r="A45" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="C45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="E45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="F45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="H45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="I45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="J45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="K45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="L45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="M45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="N45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="O45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="P45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="Q45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="R45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="S45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="T45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="U45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="V45" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="W45" t="s">
-        <v>60</v>
-[...29 lines deleted...]
-    <row r="46" spans="1:32">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:23">
       <c r="A46" s="4"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="4"/>
       <c r="H46" s="4"/>
       <c r="I46" s="4"/>
       <c r="J46" s="4"/>
       <c r="K46" s="4"/>
       <c r="L46" s="4"/>
       <c r="M46" s="4"/>
       <c r="N46" s="4"/>
       <c r="O46" s="4"/>
       <c r="P46" s="4"/>
       <c r="Q46" s="4"/>
       <c r="R46" s="4"/>
       <c r="S46" s="4"/>
       <c r="T46" s="4"/>
       <c r="U46" s="4"/>
       <c r="V46" s="4"/>
       <c r="W46" s="4"/>
-      <c r="X46" s="4"/>
-[...9 lines deleted...]
-    <row r="47" spans="1:32">
+    </row>
+    <row r="47" spans="1:23">
       <c r="A47" s="2" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
       <c r="J47" s="2"/>
       <c r="K47" s="2"/>
       <c r="L47" s="2"/>
       <c r="M47" s="2"/>
       <c r="N47" s="2"/>
       <c r="O47" s="2"/>
       <c r="P47" s="2"/>
       <c r="Q47" s="2"/>
       <c r="R47" s="2"/>
       <c r="S47" s="2"/>
       <c r="T47" s="2"/>
       <c r="U47" s="2"/>
       <c r="V47" s="2"/>
       <c r="W47" s="2"/>
-      <c r="X47" s="2"/>
-[...9 lines deleted...]
-    <row r="48" spans="1:32">
+    </row>
+    <row r="48" spans="1:23">
       <c r="A48" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
       <c r="Q48" s="3"/>
       <c r="R48" s="3"/>
       <c r="S48" s="3"/>
       <c r="T48" s="3"/>
       <c r="U48" s="3"/>
       <c r="V48" s="3"/>
       <c r="W48" s="3"/>
-      <c r="X48" s="3"/>
-[...9 lines deleted...]
-    <row r="49" spans="1:32">
+    </row>
+    <row r="49" spans="1:23">
       <c r="A49" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="C49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="E49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="F49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="G49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="H49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="I49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="J49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="K49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="M49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="N49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="O49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="P49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="Q49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="R49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="S49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="T49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="U49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="V49" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="W49" t="s">
-        <v>63</v>
-[...29 lines deleted...]
-    <row r="50" spans="1:32">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="50" spans="1:23">
       <c r="A50" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="C50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="E50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="F50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="G50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="H50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="I50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="J50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="K50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="L50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="M50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="N50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="O50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="P50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="Q50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="R50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="S50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="T50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="U50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="V50" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="W50" t="s">
-        <v>64</v>
-[...29 lines deleted...]
-    <row r="51" spans="1:32">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="51" spans="1:23">
       <c r="A51" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="F51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="G51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="H51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="I51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="J51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="L51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="M51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="N51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="O51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="P51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="Q51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="R51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="S51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="T51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="U51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="V51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="W51" t="s">
-        <v>65</v>
-[...29 lines deleted...]
-    <row r="52" spans="1:32">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="52" spans="1:23">
       <c r="A52" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="B52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="E52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="F52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="H52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="I52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="J52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="K52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="L52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="M52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="N52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="O52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="P52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="Q52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="R52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="S52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="T52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="U52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="V52" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="W52" t="s">
-        <v>67</v>
-[...29 lines deleted...]
-    <row r="53" spans="1:32">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="53" spans="1:23">
       <c r="A53" s="3" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="B53" s="3"/>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
       <c r="Q53" s="3"/>
       <c r="R53" s="3"/>
       <c r="S53" s="3"/>
       <c r="T53" s="3"/>
       <c r="U53" s="3"/>
       <c r="V53" s="3"/>
       <c r="W53" s="3"/>
-      <c r="X53" s="3"/>
-[...9 lines deleted...]
-    <row r="54" spans="1:32">
+    </row>
+    <row r="54" spans="1:23">
       <c r="A54" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="C54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="E54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="F54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="G54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="H54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="I54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="J54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="K54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="M54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="N54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="O54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="P54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="Q54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="R54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="S54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="T54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="U54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="V54" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="W54" t="s">
-        <v>63</v>
-[...29 lines deleted...]
-    <row r="55" spans="1:32">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="55" spans="1:23">
       <c r="A55" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="C55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="E55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="F55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="G55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="H55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="I55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="J55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="L55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="M55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="N55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="O55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="P55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="Q55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="R55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="S55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="T55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="U55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="V55" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="W55" t="s">
-        <v>65</v>
-[...29 lines deleted...]
-    <row r="56" spans="1:32">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="56" spans="1:23">
       <c r="A56" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="C56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="D56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="E56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="G56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="H56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="I56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="J56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="K56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="L56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="M56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="N56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="O56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="P56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="Q56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="R56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="S56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="T56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="U56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="V56" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="W56" t="s">
-        <v>69</v>
-[...29 lines deleted...]
-    <row r="57" spans="1:32">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="57" spans="1:23">
       <c r="A57" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="B57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="E57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="F57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="G57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="H57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="I57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="J57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="K57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="L57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="M57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="N57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="O57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="P57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="Q57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="R57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="S57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="T57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="U57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="V57" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="W57" t="s">
-        <v>67</v>
-[...29 lines deleted...]
-    <row r="58" spans="1:32">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="58" spans="1:23">
       <c r="A58" s="4"/>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="4"/>
       <c r="H58" s="4"/>
       <c r="I58" s="4"/>
       <c r="J58" s="4"/>
       <c r="K58" s="4"/>
       <c r="L58" s="4"/>
       <c r="M58" s="4"/>
       <c r="N58" s="4"/>
       <c r="O58" s="4"/>
       <c r="P58" s="4"/>
       <c r="Q58" s="4"/>
       <c r="R58" s="4"/>
       <c r="S58" s="4"/>
       <c r="T58" s="4"/>
       <c r="U58" s="4"/>
       <c r="V58" s="4"/>
       <c r="W58" s="4"/>
-      <c r="X58" s="4"/>
-[...9 lines deleted...]
-    <row r="59" spans="1:32">
+    </row>
+    <row r="59" spans="1:23">
       <c r="A59" s="2" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
       <c r="J59" s="2"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="2"/>
       <c r="O59" s="2"/>
       <c r="P59" s="2"/>
       <c r="Q59" s="2"/>
       <c r="R59" s="2"/>
       <c r="S59" s="2"/>
       <c r="T59" s="2"/>
       <c r="U59" s="2"/>
       <c r="V59" s="2"/>
       <c r="W59" s="2"/>
-      <c r="X59" s="2"/>
-[...9 lines deleted...]
-    <row r="60" spans="1:32">
+    </row>
+    <row r="60" spans="1:23">
       <c r="A60" s="3" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="B60" s="3"/>
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3"/>
       <c r="I60" s="3"/>
       <c r="J60" s="3"/>
       <c r="K60" s="3"/>
       <c r="L60" s="3"/>
       <c r="M60" s="3"/>
       <c r="N60" s="3"/>
       <c r="O60" s="3"/>
       <c r="P60" s="3"/>
       <c r="Q60" s="3"/>
       <c r="R60" s="3"/>
       <c r="S60" s="3"/>
       <c r="T60" s="3"/>
       <c r="U60" s="3"/>
       <c r="V60" s="3"/>
       <c r="W60" s="3"/>
-      <c r="X60" s="3"/>
-[...9 lines deleted...]
-    <row r="61" spans="1:32">
+    </row>
+    <row r="61" spans="1:23">
       <c r="A61" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="C61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="D61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="E61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="G61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="H61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="I61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="J61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="K61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="L61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="M61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="N61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="O61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="P61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="Q61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="R61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="S61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="T61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="U61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="V61" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="W61" t="s">
-        <v>73</v>
-[...29 lines deleted...]
-    <row r="62" spans="1:32">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="62" spans="1:23">
       <c r="A62" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="B62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="C62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="D62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="E62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="F62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="G62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="H62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="I62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="J62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="K62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="L62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="M62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="N62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="O62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="P62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="Q62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="R62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="S62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="T62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="U62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="V62" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="W62" t="s">
-        <v>69</v>
-[...29 lines deleted...]
-    <row r="63" spans="1:32">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="63" spans="1:23">
       <c r="A63" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="C63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="E63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="G63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="H63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="I63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="J63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="K63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="L63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="M63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="N63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="O63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="P63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="Q63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="R63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="S63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="T63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="U63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="V63" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="W63" t="s">
-        <v>75</v>
-[...29 lines deleted...]
-    <row r="64" spans="1:32">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="64" spans="1:23">
       <c r="A64" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="D64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="E64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="F64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="H64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="I64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="J64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="K64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="L64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="M64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="N64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="O64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="P64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="Q64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="R64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="S64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="T64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="U64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="V64" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="W64" t="s">
-        <v>76</v>
-[...29 lines deleted...]
-    <row r="65" spans="1:32">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="65" spans="1:23">
       <c r="A65" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="C65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="D65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="E65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="F65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="G65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="H65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="I65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="J65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="K65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="L65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="M65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="N65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="O65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="P65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="Q65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="R65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="S65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="T65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="U65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="V65" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="W65" t="s">
-        <v>77</v>
-[...29 lines deleted...]
-    <row r="66" spans="1:32">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="66" spans="1:23">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
       <c r="I66" s="4"/>
       <c r="J66" s="4"/>
       <c r="K66" s="4"/>
       <c r="L66" s="4"/>
       <c r="M66" s="4"/>
       <c r="N66" s="4"/>
       <c r="O66" s="4"/>
       <c r="P66" s="4"/>
       <c r="Q66" s="4"/>
       <c r="R66" s="4"/>
       <c r="S66" s="4"/>
       <c r="T66" s="4"/>
       <c r="U66" s="4"/>
       <c r="V66" s="4"/>
       <c r="W66" s="4"/>
-      <c r="X66" s="4"/>
-[...9 lines deleted...]
-    <row r="67" spans="1:32">
+    </row>
+    <row r="67" spans="1:23">
       <c r="A67" s="2" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
       <c r="O67" s="2"/>
       <c r="P67" s="2"/>
       <c r="Q67" s="2"/>
       <c r="R67" s="2"/>
       <c r="S67" s="2"/>
       <c r="T67" s="2"/>
       <c r="U67" s="2"/>
       <c r="V67" s="2"/>
       <c r="W67" s="2"/>
-      <c r="X67" s="2"/>
-[...9 lines deleted...]
-    <row r="68" spans="1:32">
+    </row>
+    <row r="68" spans="1:23">
       <c r="A68" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3"/>
       <c r="K68" s="3"/>
       <c r="L68" s="3"/>
       <c r="M68" s="3"/>
       <c r="N68" s="3"/>
       <c r="O68" s="3"/>
       <c r="P68" s="3"/>
       <c r="Q68" s="3"/>
       <c r="R68" s="3"/>
       <c r="S68" s="3"/>
       <c r="T68" s="3"/>
       <c r="U68" s="3"/>
       <c r="V68" s="3"/>
       <c r="W68" s="3"/>
-      <c r="X68" s="3"/>
-[...9 lines deleted...]
-    <row r="69" spans="1:32">
+    </row>
+    <row r="69" spans="1:23">
       <c r="A69" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="C69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="E69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="G69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="H69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="I69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="J69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="K69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="L69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="M69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="N69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="O69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="P69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="Q69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="R69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="S69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="T69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="U69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="V69" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="W69" t="s">
-        <v>79</v>
-[...29 lines deleted...]
-    <row r="70" spans="1:32">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="70" spans="1:23">
       <c r="A70" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="C70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="E70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="F70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="G70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="H70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="I70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="J70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="K70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="L70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="M70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="N70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="O70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="P70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="Q70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="R70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="S70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="T70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="U70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="V70" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="W70" t="s">
-        <v>80</v>
-[...29 lines deleted...]
-    <row r="71" spans="1:32">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="71" spans="1:23">
       <c r="A71" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="D71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="E71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="F71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="G71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="H71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="J71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="K71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="L71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="M71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="N71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="O71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="P71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="Q71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="R71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="S71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="T71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="U71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="V71" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="W71" t="s">
-        <v>81</v>
-[...29 lines deleted...]
-    <row r="72" spans="1:32">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="72" spans="1:23">
       <c r="A72" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="C72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="D72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="E72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="F72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="G72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="H72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="J72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="K72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="L72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="M72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="N72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="O72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="P72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="Q72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="R72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="S72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="T72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="U72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="V72" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="W72" t="s">
-        <v>82</v>
-[...29 lines deleted...]
-    <row r="73" spans="1:32">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="73" spans="1:23">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
       <c r="I73" s="4"/>
       <c r="J73" s="4"/>
       <c r="K73" s="4"/>
       <c r="L73" s="4"/>
       <c r="M73" s="4"/>
       <c r="N73" s="4"/>
       <c r="O73" s="4"/>
       <c r="P73" s="4"/>
       <c r="Q73" s="4"/>
       <c r="R73" s="4"/>
       <c r="S73" s="4"/>
       <c r="T73" s="4"/>
       <c r="U73" s="4"/>
       <c r="V73" s="4"/>
       <c r="W73" s="4"/>
-      <c r="X73" s="4"/>
-[...9 lines deleted...]
-    <row r="74" spans="1:32">
+    </row>
+    <row r="74" spans="1:23">
       <c r="A74" s="2" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
       <c r="J74" s="2"/>
       <c r="K74" s="2"/>
       <c r="L74" s="2"/>
       <c r="M74" s="2"/>
       <c r="N74" s="2"/>
       <c r="O74" s="2"/>
       <c r="P74" s="2"/>
       <c r="Q74" s="2"/>
       <c r="R74" s="2"/>
       <c r="S74" s="2"/>
       <c r="T74" s="2"/>
       <c r="U74" s="2"/>
       <c r="V74" s="2"/>
       <c r="W74" s="2"/>
-      <c r="X74" s="2"/>
-[...9 lines deleted...]
-    <row r="75" spans="1:32">
+    </row>
+    <row r="75" spans="1:23">
       <c r="A75" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B75" s="3"/>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
       <c r="I75" s="3"/>
       <c r="J75" s="3"/>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
       <c r="M75" s="3"/>
       <c r="N75" s="3"/>
       <c r="O75" s="3"/>
       <c r="P75" s="3"/>
       <c r="Q75" s="3"/>
       <c r="R75" s="3"/>
       <c r="S75" s="3"/>
       <c r="T75" s="3"/>
       <c r="U75" s="3"/>
       <c r="V75" s="3"/>
       <c r="W75" s="3"/>
-      <c r="X75" s="3"/>
-[...9 lines deleted...]
-    <row r="76" spans="1:32">
+    </row>
+    <row r="76" spans="1:23">
       <c r="A76" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="B76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="C76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="E76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="G76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="H76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="I76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="J76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="K76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="L76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="M76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="N76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="O76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="P76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="Q76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="R76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="S76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="T76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="U76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="V76" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="W76" t="s">
-        <v>79</v>
-[...29 lines deleted...]
-    <row r="77" spans="1:32">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="77" spans="1:23">
       <c r="A77" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="B77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="C77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="E77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="F77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="G77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="H77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="I77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="J77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="K77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="L77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="M77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="N77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="O77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="P77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="Q77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="R77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="S77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="T77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="U77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="V77" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="W77" t="s">
-        <v>84</v>
-[...29 lines deleted...]
-    <row r="78" spans="1:32">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="78" spans="1:23">
       <c r="A78" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="B78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="C78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="D78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="E78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="F78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="G78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="H78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="I78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="J78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="K78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="L78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="M78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="N78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="O78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="P78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="Q78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="R78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="S78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="T78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="U78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="V78" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="W78" t="s">
-        <v>81</v>
-[...29 lines deleted...]
-    <row r="79" spans="1:32">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="79" spans="1:23">
       <c r="A79" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="B79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="C79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="D79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="E79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="F79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="G79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="H79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="I79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="J79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="K79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="L79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="M79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="N79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="O79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="P79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="Q79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="R79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="S79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="T79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="U79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="V79" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="W79" t="s">
-        <v>82</v>
-[...29 lines deleted...]
-    <row r="80" spans="1:32">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="80" spans="1:23">
       <c r="A80" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="B80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="C80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="E80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="G80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="H80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="I80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="J80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="K80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="L80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="M80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="N80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="O80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="P80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="Q80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="R80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="S80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="T80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="U80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="V80" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="W80" t="s">
-        <v>79</v>
-[...29 lines deleted...]
-    <row r="82" spans="1:32">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="82" spans="1:23">
       <c r="A82" s="1" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="B82" s="1"/>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
       <c r="O82" s="1"/>
       <c r="P82" s="1"/>
       <c r="Q82" s="1"/>
       <c r="R82" s="1"/>
       <c r="S82" s="1"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
-      <c r="X82" s="1"/>
-[...9 lines deleted...]
-    <row r="83" spans="1:32">
+    </row>
+    <row r="83" spans="1:23">
       <c r="A83" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A83:AF83"/>
+    <mergeCell ref="A83:W83"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>