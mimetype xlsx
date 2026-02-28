--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -12,114 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="38380-zimnyaya-skazka-kam..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
-[...62 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>28.02.2026</t>
   </si>
   <si>
     <t>Гостиничный комплекс "Спутник"</t>
   </si>
   <si>
     <t>двухместный стандарт</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>162000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>190000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 4—12 лет на основном месте</t>
   </si>
   <si>
@@ -245,51 +182,51 @@
   <si>
     <t>База отдыха "Антариус"</t>
   </si>
   <si>
     <t>137000 RUB</t>
   </si>
   <si>
     <t>161500 RUB</t>
   </si>
   <si>
     <t>123300 RUB</t>
   </si>
   <si>
     <t>109600 RUB</t>
   </si>
   <si>
     <t>Лагуна</t>
   </si>
   <si>
     <t>168500 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 14.01.2026 09:34, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 28.02.2026 14:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -631,4461 +568,639 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W83"/>
+  <dimension ref="A1:B83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A82" sqref="A82:W82"/>
+      <selection activeCell="A82" sqref="A82:B82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...19 lines deleted...]
-    <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:2">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:2">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="B3" s="3"/>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="B4" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="1" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="B5" t="s">
         <v>6</v>
       </c>
-      <c r="I1" s="1" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="B6" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="1" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>9</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="B7" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>11</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2">
+      <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="B9" s="3"/>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="1" t="s">
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" t="s">
         <v>14</v>
       </c>
-      <c r="Q1" s="1" t="s">
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" t="s">
         <v>15</v>
       </c>
-      <c r="R1" s="1" t="s">
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" t="s">
         <v>16</v>
       </c>
-      <c r="S1" s="1" t="s">
-[...735 lines deleted...]
-    <row r="14" spans="1:23">
+    </row>
+    <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
-[...65 lines deleted...]
-    <row r="15" spans="1:23">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
-      <c r="C15" s="4"/>
-[...21 lines deleted...]
-    <row r="16" spans="1:23">
+    </row>
+    <row r="16" spans="1:2">
       <c r="A16" s="2" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="B16" s="2"/>
-      <c r="C16" s="2"/>
-[...21 lines deleted...]
-    <row r="17" spans="1:23">
+    </row>
+    <row r="17" spans="1:2">
       <c r="A17" s="3" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B17" s="3"/>
-      <c r="C17" s="3"/>
-[...21 lines deleted...]
-    <row r="18" spans="1:23">
+    </row>
+    <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
-[...65 lines deleted...]
-    <row r="19" spans="1:23">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
-[...65 lines deleted...]
-    <row r="20" spans="1:23">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>41</v>
-[...65 lines deleted...]
-    <row r="21" spans="1:23">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B21" t="s">
-        <v>42</v>
-[...65 lines deleted...]
-    <row r="22" spans="1:23">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>41</v>
-[...65 lines deleted...]
-    <row r="23" spans="1:23">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
-      <c r="C23" s="4"/>
-[...21 lines deleted...]
-    <row r="24" spans="1:23">
+    </row>
+    <row r="24" spans="1:2">
       <c r="A24" s="2" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="B24" s="2"/>
-      <c r="C24" s="2"/>
-[...21 lines deleted...]
-    <row r="25" spans="1:23">
+    </row>
+    <row r="25" spans="1:2">
       <c r="A25" s="3" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="B25" s="3"/>
-      <c r="C25" s="3"/>
-[...21 lines deleted...]
-    <row r="26" spans="1:23">
+    </row>
+    <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>3</v>
+      </c>
+      <c r="B26" t="s">
         <v>24</v>
       </c>
-      <c r="B26" t="s">
-[...66 lines deleted...]
-    <row r="27" spans="1:23">
+    </row>
+    <row r="27" spans="1:2">
       <c r="A27" t="s">
+        <v>5</v>
+      </c>
+      <c r="B27" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2">
+      <c r="A28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" t="s">
         <v>26</v>
       </c>
-      <c r="B27" t="s">
-[...137 lines deleted...]
-    <row r="29" spans="1:23">
+    </row>
+    <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B29" t="s">
-        <v>48</v>
-[...65 lines deleted...]
-    <row r="30" spans="1:23">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
-      <c r="C30" s="4"/>
-[...21 lines deleted...]
-    <row r="31" spans="1:23">
+    </row>
+    <row r="31" spans="1:2">
       <c r="A31" s="2" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="B31" s="2"/>
-      <c r="C31" s="2"/>
-[...21 lines deleted...]
-    <row r="32" spans="1:23">
+    </row>
+    <row r="32" spans="1:2">
       <c r="A32" s="3" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B32" s="3"/>
-      <c r="C32" s="3"/>
-[...21 lines deleted...]
-    <row r="33" spans="1:23">
+    </row>
+    <row r="33" spans="1:2">
       <c r="A33" t="s">
+        <v>3</v>
+      </c>
+      <c r="B33" t="s">
         <v>24</v>
       </c>
-      <c r="B33" t="s">
-[...66 lines deleted...]
-    <row r="34" spans="1:23">
+    </row>
+    <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B34" t="s">
-        <v>47</v>
-[...65 lines deleted...]
-    <row r="35" spans="1:23">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2">
       <c r="A35" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2">
+      <c r="A36" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" s="3"/>
+    </row>
+    <row r="37" spans="1:2">
+      <c r="A37" t="s">
+        <v>3</v>
+      </c>
+      <c r="B37" t="s">
         <v>30</v>
       </c>
-      <c r="B35" t="s">
-[...164 lines deleted...]
-    <row r="38" spans="1:23">
+    </row>
+    <row r="38" spans="1:2">
       <c r="A38" s="4"/>
       <c r="B38" s="4"/>
-      <c r="C38" s="4"/>
-[...21 lines deleted...]
-    <row r="39" spans="1:23">
+    </row>
+    <row r="39" spans="1:2">
       <c r="A39" s="2" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="B39" s="2"/>
-      <c r="C39" s="2"/>
-[...21 lines deleted...]
-    <row r="40" spans="1:23">
+    </row>
+    <row r="40" spans="1:2">
       <c r="A40" s="3" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B40" s="3"/>
-      <c r="C40" s="3"/>
-[...21 lines deleted...]
-    <row r="41" spans="1:23">
+    </row>
+    <row r="41" spans="1:2">
       <c r="A41" t="s">
+        <v>3</v>
+      </c>
+      <c r="B41" t="s">
         <v>24</v>
       </c>
-      <c r="B41" t="s">
-[...66 lines deleted...]
-    <row r="42" spans="1:23">
+    </row>
+    <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B42" t="s">
-        <v>47</v>
-[...65 lines deleted...]
-    <row r="43" spans="1:23">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2">
       <c r="A43" t="s">
+        <v>9</v>
+      </c>
+      <c r="B43" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2">
+      <c r="A44" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" s="3"/>
+    </row>
+    <row r="45" spans="1:2">
+      <c r="A45" t="s">
+        <v>3</v>
+      </c>
+      <c r="B45" t="s">
         <v>30</v>
       </c>
-      <c r="B43" t="s">
-[...164 lines deleted...]
-    <row r="46" spans="1:23">
+    </row>
+    <row r="46" spans="1:2">
       <c r="A46" s="4"/>
       <c r="B46" s="4"/>
-      <c r="C46" s="4"/>
-[...21 lines deleted...]
-    <row r="47" spans="1:23">
+    </row>
+    <row r="47" spans="1:2">
       <c r="A47" s="2" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="B47" s="2"/>
-      <c r="C47" s="2"/>
-[...21 lines deleted...]
-    <row r="48" spans="1:23">
+    </row>
+    <row r="48" spans="1:2">
       <c r="A48" s="3" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B48" s="3"/>
-      <c r="C48" s="3"/>
-[...21 lines deleted...]
-    <row r="49" spans="1:23">
+    </row>
+    <row r="49" spans="1:2">
       <c r="A49" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B49" t="s">
-        <v>54</v>
-[...65 lines deleted...]
-    <row r="50" spans="1:23">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2">
       <c r="A50" t="s">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="B50" t="s">
-        <v>55</v>
-[...65 lines deleted...]
-    <row r="51" spans="1:23">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2">
       <c r="A51" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B51" t="s">
-        <v>56</v>
-[...65 lines deleted...]
-    <row r="52" spans="1:23">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2">
       <c r="A52" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="B52" t="s">
-        <v>58</v>
-[...65 lines deleted...]
-    <row r="53" spans="1:23">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2">
       <c r="A53" s="3" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="B53" s="3"/>
-      <c r="C53" s="3"/>
-[...21 lines deleted...]
-    <row r="54" spans="1:23">
+    </row>
+    <row r="54" spans="1:2">
       <c r="A54" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B54" t="s">
-        <v>54</v>
-[...65 lines deleted...]
-    <row r="55" spans="1:23">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2">
       <c r="A55" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B55" t="s">
-        <v>56</v>
-[...65 lines deleted...]
-    <row r="56" spans="1:23">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2">
       <c r="A56" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B56" t="s">
-        <v>60</v>
-[...65 lines deleted...]
-    <row r="57" spans="1:23">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2">
       <c r="A57" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="B57" t="s">
-        <v>58</v>
-[...65 lines deleted...]
-    <row r="58" spans="1:23">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2">
       <c r="A58" s="4"/>
       <c r="B58" s="4"/>
-      <c r="C58" s="4"/>
-[...21 lines deleted...]
-    <row r="59" spans="1:23">
+    </row>
+    <row r="59" spans="1:2">
       <c r="A59" s="2" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="B59" s="2"/>
-      <c r="C59" s="2"/>
-[...21 lines deleted...]
-    <row r="60" spans="1:23">
+    </row>
+    <row r="60" spans="1:2">
       <c r="A60" s="3" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="B60" s="3"/>
-      <c r="C60" s="3"/>
-[...21 lines deleted...]
-    <row r="61" spans="1:23">
+    </row>
+    <row r="61" spans="1:2">
       <c r="A61" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B61" t="s">
-        <v>64</v>
-[...65 lines deleted...]
-    <row r="62" spans="1:23">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2">
       <c r="A62" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="B62" t="s">
-        <v>60</v>
-[...65 lines deleted...]
-    <row r="63" spans="1:23">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2">
       <c r="A63" t="s">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="B63" t="s">
-        <v>66</v>
-[...65 lines deleted...]
-    <row r="64" spans="1:23">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2">
       <c r="A64" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B64" t="s">
-        <v>67</v>
-[...65 lines deleted...]
-    <row r="65" spans="1:23">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2">
       <c r="A65" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B65" t="s">
-        <v>68</v>
-[...65 lines deleted...]
-    <row r="66" spans="1:23">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
-      <c r="C66" s="4"/>
-[...21 lines deleted...]
-    <row r="67" spans="1:23">
+    </row>
+    <row r="67" spans="1:2">
       <c r="A67" s="2" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="B67" s="2"/>
-      <c r="C67" s="2"/>
-[...21 lines deleted...]
-    <row r="68" spans="1:23">
+    </row>
+    <row r="68" spans="1:2">
       <c r="A68" s="3" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B68" s="3"/>
-      <c r="C68" s="3"/>
-[...21 lines deleted...]
-    <row r="69" spans="1:23">
+    </row>
+    <row r="69" spans="1:2">
       <c r="A69" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B69" t="s">
-        <v>70</v>
-[...65 lines deleted...]
-    <row r="70" spans="1:23">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2">
       <c r="A70" t="s">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="B70" t="s">
-        <v>71</v>
-[...65 lines deleted...]
-    <row r="71" spans="1:23">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2">
       <c r="A71" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B71" t="s">
-        <v>72</v>
-[...65 lines deleted...]
-    <row r="72" spans="1:23">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2">
       <c r="A72" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B72" t="s">
-        <v>73</v>
-[...65 lines deleted...]
-    <row r="73" spans="1:23">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
-      <c r="C73" s="4"/>
-[...21 lines deleted...]
-    <row r="74" spans="1:23">
+    </row>
+    <row r="74" spans="1:2">
       <c r="A74" s="2" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="B74" s="2"/>
-      <c r="C74" s="2"/>
-[...21 lines deleted...]
-    <row r="75" spans="1:23">
+    </row>
+    <row r="75" spans="1:2">
       <c r="A75" s="3" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B75" s="3"/>
-      <c r="C75" s="3"/>
-[...21 lines deleted...]
-    <row r="76" spans="1:23">
+    </row>
+    <row r="76" spans="1:2">
       <c r="A76" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B76" t="s">
-        <v>70</v>
-[...65 lines deleted...]
-    <row r="77" spans="1:23">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2">
       <c r="A77" t="s">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="B77" t="s">
-        <v>75</v>
-[...65 lines deleted...]
-    <row r="78" spans="1:23">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2">
       <c r="A78" t="s">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="B78" t="s">
-        <v>72</v>
-[...65 lines deleted...]
-    <row r="79" spans="1:23">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2">
       <c r="A79" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="B79" t="s">
-        <v>73</v>
-[...65 lines deleted...]
-    <row r="80" spans="1:23">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2">
       <c r="A80" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="B80" t="s">
-        <v>70</v>
-[...65 lines deleted...]
-    <row r="82" spans="1:23">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2">
       <c r="A82" s="1" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="B82" s="1"/>
-      <c r="C82" s="1"/>
-[...21 lines deleted...]
-    <row r="83" spans="1:23">
+    </row>
+    <row r="83" spans="1:2">
       <c r="A83" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A83:W83"/>
+    <mergeCell ref="A83:B83"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>