--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -12,69 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="38742-kamchatka-za-4-dnya" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>12.01.2026</t>
   </si>
   <si>
     <t>15.01.2026</t>
   </si>
   <si>
     <t>18.01.2026</t>
   </si>
   <si>
     <t>21.01.2026</t>
   </si>
   <si>
     <t>24.01.2026</t>
   </si>
   <si>
     <t>27.01.2026</t>
   </si>
   <si>
     <t>30.01.2026</t>
   </si>
   <si>
@@ -227,54 +209,54 @@
   <si>
     <t>02.07.2026</t>
   </si>
   <si>
     <t>Peak 2322</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>80000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 10—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>64000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 08.11.2025 03:10, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 09.01.2026 23:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -607,54 +589,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BM34"/>
+  <dimension ref="A1:BG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A33" sqref="A33:BM33"/>
+      <selection activeCell="A33" sqref="A33:BG33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -674,59 +656,53 @@
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="65" max="65" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:65">
+    <row r="1" spans="1:59">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -858,72 +834,54 @@
       </c>
       <c r="AZ1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="BA1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="BB1" s="1" t="s">
         <v>52</v>
       </c>
       <c r="BC1" s="1" t="s">
         <v>53</v>
       </c>
       <c r="BD1" s="1" t="s">
         <v>54</v>
       </c>
       <c r="BE1" s="1" t="s">
         <v>55</v>
       </c>
       <c r="BF1" s="1" t="s">
         <v>56</v>
       </c>
       <c r="BG1" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="BH1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:59">
+      <c r="A2" s="2" t="s">
         <v>58</v>
-      </c>
-[...18 lines deleted...]
-        <v>64</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -939,58 +897,52 @@
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
       <c r="AN2" s="2"/>
       <c r="AO2" s="2"/>
       <c r="AP2" s="2"/>
       <c r="AQ2" s="2"/>
       <c r="AR2" s="2"/>
       <c r="AS2" s="2"/>
       <c r="AT2" s="2"/>
       <c r="AU2" s="2"/>
       <c r="AV2" s="2"/>
       <c r="AW2" s="2"/>
       <c r="AX2" s="2"/>
       <c r="AY2" s="2"/>
       <c r="AZ2" s="2"/>
       <c r="BA2" s="2"/>
       <c r="BB2" s="2"/>
       <c r="BC2" s="2"/>
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
       <c r="BG2" s="2"/>
-      <c r="BH2" s="2"/>
-[...4 lines deleted...]
-      <c r="BM2" s="2"/>
     </row>
-    <row r="3" spans="1:65">
+    <row r="3" spans="1:59">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
@@ -1008,649 +960,589 @@
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
       <c r="AO3" s="3"/>
       <c r="AP3" s="3"/>
       <c r="AQ3" s="3"/>
       <c r="AR3" s="3"/>
       <c r="AS3" s="3"/>
       <c r="AT3" s="3"/>
       <c r="AU3" s="3"/>
       <c r="AV3" s="3"/>
       <c r="AW3" s="3"/>
       <c r="AX3" s="3"/>
       <c r="AY3" s="3"/>
       <c r="AZ3" s="3"/>
       <c r="BA3" s="3"/>
       <c r="BB3" s="3"/>
       <c r="BC3" s="3"/>
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
       <c r="BG3" s="3"/>
-      <c r="BH3" s="3"/>
-[...4 lines deleted...]
-      <c r="BM3" s="3"/>
     </row>
-    <row r="4" spans="1:65">
+    <row r="4" spans="1:59">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF4" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG4" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="5" spans="1:65">
+    <row r="5" spans="1:59">
       <c r="A5" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="E5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="F5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="G5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="H5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="I5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="J5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="L5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="N5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="P5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="R5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="S5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="T5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="U5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="V5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="W5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="X5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Y5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Z5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AA5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AB5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AC5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AD5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AE5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AF5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AG5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AH5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AI5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AJ5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AK5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AL5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AM5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AN5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AO5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AP5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AQ5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AR5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AS5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AT5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AU5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AV5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AW5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AX5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AY5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AZ5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BA5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BB5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BC5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BD5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BE5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BF5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BG5" t="s">
-        <v>68</v>
-[...17 lines deleted...]
-        <v>68</v>
+        <v>62</v>
       </c>
     </row>
-    <row r="6" spans="1:65">
+    <row r="6" spans="1:59">
       <c r="A6" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="I6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="J6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="O6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Q6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="R6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="S6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="T6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="U6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="V6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="W6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="X6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Y6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Z6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AA6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AB6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AC6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AD6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AE6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AF6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AG6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AH6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AI6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AJ6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AK6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AL6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AM6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AN6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AO6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AP6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AQ6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AR6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AS6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AT6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AU6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AV6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AW6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AX6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AY6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AZ6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BA6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BB6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BC6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BD6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BE6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BF6" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BG6" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
-    <row r="7" spans="1:65">
+    <row r="7" spans="1:59">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
@@ -1668,649 +1560,589 @@
       <c r="AI7" s="3"/>
       <c r="AJ7" s="3"/>
       <c r="AK7" s="3"/>
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
       <c r="AN7" s="3"/>
       <c r="AO7" s="3"/>
       <c r="AP7" s="3"/>
       <c r="AQ7" s="3"/>
       <c r="AR7" s="3"/>
       <c r="AS7" s="3"/>
       <c r="AT7" s="3"/>
       <c r="AU7" s="3"/>
       <c r="AV7" s="3"/>
       <c r="AW7" s="3"/>
       <c r="AX7" s="3"/>
       <c r="AY7" s="3"/>
       <c r="AZ7" s="3"/>
       <c r="BA7" s="3"/>
       <c r="BB7" s="3"/>
       <c r="BC7" s="3"/>
       <c r="BD7" s="3"/>
       <c r="BE7" s="3"/>
       <c r="BF7" s="3"/>
       <c r="BG7" s="3"/>
-      <c r="BH7" s="3"/>
-[...4 lines deleted...]
-      <c r="BM7" s="3"/>
     </row>
-    <row r="8" spans="1:65">
+    <row r="8" spans="1:59">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF8" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG8" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="9" spans="1:65">
+    <row r="9" spans="1:59">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="I9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="K9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="M9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="N9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="P9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Q9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="R9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="S9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="T9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="U9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="V9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="W9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="X9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Y9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="Z9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AA9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AB9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AC9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AD9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AE9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AF9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AG9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AH9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AI9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AJ9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AK9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AL9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AM9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AN9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AO9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AP9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AQ9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AR9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AS9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AT9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AU9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AV9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AW9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AX9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AY9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="AZ9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BA9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BB9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BC9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BD9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BE9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BF9" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="BG9" t="s">
-        <v>68</v>
-[...17 lines deleted...]
-        <v>68</v>
+        <v>62</v>
       </c>
     </row>
-    <row r="10" spans="1:65">
+    <row r="10" spans="1:59">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="C10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="G10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="I10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="J10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="M10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="P10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Q10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="R10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="S10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="T10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="U10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="V10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="W10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="X10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Y10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Z10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AA10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AB10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AC10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AD10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AE10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AF10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AG10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AH10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AI10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AJ10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AK10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AL10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AM10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AN10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AO10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AP10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AQ10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AR10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AS10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AT10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AU10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AV10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AW10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AX10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AY10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AZ10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BA10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BB10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BC10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BD10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BE10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BF10" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BG10" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
-    <row r="11" spans="1:65">
+    <row r="11" spans="1:59">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
@@ -2328,452 +2160,410 @@
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AL11" s="3"/>
       <c r="AM11" s="3"/>
       <c r="AN11" s="3"/>
       <c r="AO11" s="3"/>
       <c r="AP11" s="3"/>
       <c r="AQ11" s="3"/>
       <c r="AR11" s="3"/>
       <c r="AS11" s="3"/>
       <c r="AT11" s="3"/>
       <c r="AU11" s="3"/>
       <c r="AV11" s="3"/>
       <c r="AW11" s="3"/>
       <c r="AX11" s="3"/>
       <c r="AY11" s="3"/>
       <c r="AZ11" s="3"/>
       <c r="BA11" s="3"/>
       <c r="BB11" s="3"/>
       <c r="BC11" s="3"/>
       <c r="BD11" s="3"/>
       <c r="BE11" s="3"/>
       <c r="BF11" s="3"/>
       <c r="BG11" s="3"/>
-      <c r="BH11" s="3"/>
-[...4 lines deleted...]
-      <c r="BM11" s="3"/>
     </row>
-    <row r="12" spans="1:65">
+    <row r="12" spans="1:59">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG12" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="13" spans="1:65">
+    <row r="13" spans="1:59">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="H13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="I13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="J13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="L13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="M13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="N13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="O13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="P13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Q13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="R13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="S13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="T13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="U13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="V13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="W13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="X13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Y13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="Z13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AA13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AB13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AC13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AD13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AE13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AF13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AG13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AH13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AI13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AJ13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AK13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AL13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AM13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AN13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AO13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AP13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AQ13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AR13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AS13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AT13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AU13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AV13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AW13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AX13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AY13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="AZ13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BA13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BB13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BC13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BD13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BE13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BF13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="BG13" t="s">
-        <v>70</v>
-[...17 lines deleted...]
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
-    <row r="14" spans="1:65">
+    <row r="14" spans="1:59">
       <c r="A14" s="3">
         <v>4</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
@@ -2791,255 +2581,231 @@
       <c r="AI14" s="3"/>
       <c r="AJ14" s="3"/>
       <c r="AK14" s="3"/>
       <c r="AL14" s="3"/>
       <c r="AM14" s="3"/>
       <c r="AN14" s="3"/>
       <c r="AO14" s="3"/>
       <c r="AP14" s="3"/>
       <c r="AQ14" s="3"/>
       <c r="AR14" s="3"/>
       <c r="AS14" s="3"/>
       <c r="AT14" s="3"/>
       <c r="AU14" s="3"/>
       <c r="AV14" s="3"/>
       <c r="AW14" s="3"/>
       <c r="AX14" s="3"/>
       <c r="AY14" s="3"/>
       <c r="AZ14" s="3"/>
       <c r="BA14" s="3"/>
       <c r="BB14" s="3"/>
       <c r="BC14" s="3"/>
       <c r="BD14" s="3"/>
       <c r="BE14" s="3"/>
       <c r="BF14" s="3"/>
       <c r="BG14" s="3"/>
-      <c r="BH14" s="3"/>
-[...4 lines deleted...]
-      <c r="BM14" s="3"/>
     </row>
-    <row r="15" spans="1:65">
+    <row r="15" spans="1:59">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF15" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG15" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="16" spans="1:65">
+    <row r="16" spans="1:59">
       <c r="A16" s="3">
         <v>5</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
@@ -3057,255 +2823,231 @@
       <c r="AI16" s="3"/>
       <c r="AJ16" s="3"/>
       <c r="AK16" s="3"/>
       <c r="AL16" s="3"/>
       <c r="AM16" s="3"/>
       <c r="AN16" s="3"/>
       <c r="AO16" s="3"/>
       <c r="AP16" s="3"/>
       <c r="AQ16" s="3"/>
       <c r="AR16" s="3"/>
       <c r="AS16" s="3"/>
       <c r="AT16" s="3"/>
       <c r="AU16" s="3"/>
       <c r="AV16" s="3"/>
       <c r="AW16" s="3"/>
       <c r="AX16" s="3"/>
       <c r="AY16" s="3"/>
       <c r="AZ16" s="3"/>
       <c r="BA16" s="3"/>
       <c r="BB16" s="3"/>
       <c r="BC16" s="3"/>
       <c r="BD16" s="3"/>
       <c r="BE16" s="3"/>
       <c r="BF16" s="3"/>
       <c r="BG16" s="3"/>
-      <c r="BH16" s="3"/>
-[...4 lines deleted...]
-      <c r="BM16" s="3"/>
     </row>
-    <row r="17" spans="1:65">
+    <row r="17" spans="1:59">
       <c r="A17" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF17" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG17" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="18" spans="1:65">
+    <row r="18" spans="1:59">
       <c r="A18" s="3">
         <v>6</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
@@ -3323,255 +3065,231 @@
       <c r="AI18" s="3"/>
       <c r="AJ18" s="3"/>
       <c r="AK18" s="3"/>
       <c r="AL18" s="3"/>
       <c r="AM18" s="3"/>
       <c r="AN18" s="3"/>
       <c r="AO18" s="3"/>
       <c r="AP18" s="3"/>
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
       <c r="BB18" s="3"/>
       <c r="BC18" s="3"/>
       <c r="BD18" s="3"/>
       <c r="BE18" s="3"/>
       <c r="BF18" s="3"/>
       <c r="BG18" s="3"/>
-      <c r="BH18" s="3"/>
-[...4 lines deleted...]
-      <c r="BM18" s="3"/>
     </row>
-    <row r="19" spans="1:65">
+    <row r="19" spans="1:59">
       <c r="A19" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF19" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG19" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="20" spans="1:65">
+    <row r="20" spans="1:59">
       <c r="A20" s="3">
         <v>7</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
@@ -3589,255 +3307,231 @@
       <c r="AI20" s="3"/>
       <c r="AJ20" s="3"/>
       <c r="AK20" s="3"/>
       <c r="AL20" s="3"/>
       <c r="AM20" s="3"/>
       <c r="AN20" s="3"/>
       <c r="AO20" s="3"/>
       <c r="AP20" s="3"/>
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
       <c r="BB20" s="3"/>
       <c r="BC20" s="3"/>
       <c r="BD20" s="3"/>
       <c r="BE20" s="3"/>
       <c r="BF20" s="3"/>
       <c r="BG20" s="3"/>
-      <c r="BH20" s="3"/>
-[...4 lines deleted...]
-      <c r="BM20" s="3"/>
     </row>
-    <row r="21" spans="1:65">
+    <row r="21" spans="1:59">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF21" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG21" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="22" spans="1:65">
+    <row r="22" spans="1:59">
       <c r="A22" s="3">
         <v>8</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
@@ -3855,255 +3549,231 @@
       <c r="AI22" s="3"/>
       <c r="AJ22" s="3"/>
       <c r="AK22" s="3"/>
       <c r="AL22" s="3"/>
       <c r="AM22" s="3"/>
       <c r="AN22" s="3"/>
       <c r="AO22" s="3"/>
       <c r="AP22" s="3"/>
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
       <c r="BB22" s="3"/>
       <c r="BC22" s="3"/>
       <c r="BD22" s="3"/>
       <c r="BE22" s="3"/>
       <c r="BF22" s="3"/>
       <c r="BG22" s="3"/>
-      <c r="BH22" s="3"/>
-[...4 lines deleted...]
-      <c r="BM22" s="3"/>
     </row>
-    <row r="23" spans="1:65">
+    <row r="23" spans="1:59">
       <c r="A23" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF23" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG23" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="24" spans="1:65">
+    <row r="24" spans="1:59">
       <c r="A24" s="3">
         <v>9</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
       <c r="T24" s="3"/>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
@@ -4121,255 +3791,231 @@
       <c r="AI24" s="3"/>
       <c r="AJ24" s="3"/>
       <c r="AK24" s="3"/>
       <c r="AL24" s="3"/>
       <c r="AM24" s="3"/>
       <c r="AN24" s="3"/>
       <c r="AO24" s="3"/>
       <c r="AP24" s="3"/>
       <c r="AQ24" s="3"/>
       <c r="AR24" s="3"/>
       <c r="AS24" s="3"/>
       <c r="AT24" s="3"/>
       <c r="AU24" s="3"/>
       <c r="AV24" s="3"/>
       <c r="AW24" s="3"/>
       <c r="AX24" s="3"/>
       <c r="AY24" s="3"/>
       <c r="AZ24" s="3"/>
       <c r="BA24" s="3"/>
       <c r="BB24" s="3"/>
       <c r="BC24" s="3"/>
       <c r="BD24" s="3"/>
       <c r="BE24" s="3"/>
       <c r="BF24" s="3"/>
       <c r="BG24" s="3"/>
-      <c r="BH24" s="3"/>
-[...4 lines deleted...]
-      <c r="BM24" s="3"/>
     </row>
-    <row r="25" spans="1:65">
+    <row r="25" spans="1:59">
       <c r="A25" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG25" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="26" spans="1:65">
+    <row r="26" spans="1:59">
       <c r="A26" s="3">
         <v>10</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="3"/>
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
@@ -4387,255 +4033,231 @@
       <c r="AI26" s="3"/>
       <c r="AJ26" s="3"/>
       <c r="AK26" s="3"/>
       <c r="AL26" s="3"/>
       <c r="AM26" s="3"/>
       <c r="AN26" s="3"/>
       <c r="AO26" s="3"/>
       <c r="AP26" s="3"/>
       <c r="AQ26" s="3"/>
       <c r="AR26" s="3"/>
       <c r="AS26" s="3"/>
       <c r="AT26" s="3"/>
       <c r="AU26" s="3"/>
       <c r="AV26" s="3"/>
       <c r="AW26" s="3"/>
       <c r="AX26" s="3"/>
       <c r="AY26" s="3"/>
       <c r="AZ26" s="3"/>
       <c r="BA26" s="3"/>
       <c r="BB26" s="3"/>
       <c r="BC26" s="3"/>
       <c r="BD26" s="3"/>
       <c r="BE26" s="3"/>
       <c r="BF26" s="3"/>
       <c r="BG26" s="3"/>
-      <c r="BH26" s="3"/>
-[...4 lines deleted...]
-      <c r="BM26" s="3"/>
     </row>
-    <row r="27" spans="1:65">
+    <row r="27" spans="1:59">
       <c r="A27" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF27" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG27" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="28" spans="1:65">
+    <row r="28" spans="1:59">
       <c r="A28" s="3">
         <v>11</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
       <c r="R28" s="3"/>
       <c r="S28" s="3"/>
       <c r="T28" s="3"/>
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
@@ -4653,255 +4275,231 @@
       <c r="AI28" s="3"/>
       <c r="AJ28" s="3"/>
       <c r="AK28" s="3"/>
       <c r="AL28" s="3"/>
       <c r="AM28" s="3"/>
       <c r="AN28" s="3"/>
       <c r="AO28" s="3"/>
       <c r="AP28" s="3"/>
       <c r="AQ28" s="3"/>
       <c r="AR28" s="3"/>
       <c r="AS28" s="3"/>
       <c r="AT28" s="3"/>
       <c r="AU28" s="3"/>
       <c r="AV28" s="3"/>
       <c r="AW28" s="3"/>
       <c r="AX28" s="3"/>
       <c r="AY28" s="3"/>
       <c r="AZ28" s="3"/>
       <c r="BA28" s="3"/>
       <c r="BB28" s="3"/>
       <c r="BC28" s="3"/>
       <c r="BD28" s="3"/>
       <c r="BE28" s="3"/>
       <c r="BF28" s="3"/>
       <c r="BG28" s="3"/>
-      <c r="BH28" s="3"/>
-[...4 lines deleted...]
-      <c r="BM28" s="3"/>
     </row>
-    <row r="29" spans="1:65">
+    <row r="29" spans="1:59">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="I29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="J29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="K29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="M29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="N29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="O29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="P29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Q29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="R29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="S29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="U29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="V29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="W29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="X29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Y29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="Z29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AA29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AB29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AC29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AD29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AE29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AF29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AG29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AH29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AI29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AJ29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AK29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AL29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AM29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AN29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AO29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AP29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AQ29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AR29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AS29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AT29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AU29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AV29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AW29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AX29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AY29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="AZ29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BA29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BB29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BC29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BD29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BE29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BF29" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="BG29" t="s">
-        <v>66</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="30" spans="1:65">
+    <row r="30" spans="1:59">
       <c r="A30" s="3">
         <v>12</v>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="P30" s="3"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="3"/>
       <c r="S30" s="3"/>
       <c r="T30" s="3"/>
       <c r="U30" s="3"/>
       <c r="V30" s="3"/>
       <c r="W30" s="3"/>
@@ -4919,257 +4517,233 @@
       <c r="AI30" s="3"/>
       <c r="AJ30" s="3"/>
       <c r="AK30" s="3"/>
       <c r="AL30" s="3"/>
       <c r="AM30" s="3"/>
       <c r="AN30" s="3"/>
       <c r="AO30" s="3"/>
       <c r="AP30" s="3"/>
       <c r="AQ30" s="3"/>
       <c r="AR30" s="3"/>
       <c r="AS30" s="3"/>
       <c r="AT30" s="3"/>
       <c r="AU30" s="3"/>
       <c r="AV30" s="3"/>
       <c r="AW30" s="3"/>
       <c r="AX30" s="3"/>
       <c r="AY30" s="3"/>
       <c r="AZ30" s="3"/>
       <c r="BA30" s="3"/>
       <c r="BB30" s="3"/>
       <c r="BC30" s="3"/>
       <c r="BD30" s="3"/>
       <c r="BE30" s="3"/>
       <c r="BF30" s="3"/>
       <c r="BG30" s="3"/>
-      <c r="BH30" s="3"/>
-[...4 lines deleted...]
-      <c r="BM30" s="3"/>
     </row>
-    <row r="31" spans="1:65">
+    <row r="31" spans="1:59">
       <c r="A31" t="s">
+        <v>59</v>
+      </c>
+      <c r="B31" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" t="s">
+        <v>60</v>
+      </c>
+      <c r="D31" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" t="s">
+        <v>60</v>
+      </c>
+      <c r="F31" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" t="s">
+        <v>60</v>
+      </c>
+      <c r="H31" t="s">
+        <v>60</v>
+      </c>
+      <c r="I31" t="s">
+        <v>60</v>
+      </c>
+      <c r="J31" t="s">
+        <v>60</v>
+      </c>
+      <c r="K31" t="s">
+        <v>60</v>
+      </c>
+      <c r="L31" t="s">
+        <v>60</v>
+      </c>
+      <c r="M31" t="s">
+        <v>60</v>
+      </c>
+      <c r="N31" t="s">
+        <v>60</v>
+      </c>
+      <c r="O31" t="s">
+        <v>60</v>
+      </c>
+      <c r="P31" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>60</v>
+      </c>
+      <c r="R31" t="s">
+        <v>60</v>
+      </c>
+      <c r="S31" t="s">
+        <v>60</v>
+      </c>
+      <c r="T31" t="s">
+        <v>60</v>
+      </c>
+      <c r="U31" t="s">
+        <v>60</v>
+      </c>
+      <c r="V31" t="s">
+        <v>60</v>
+      </c>
+      <c r="W31" t="s">
+        <v>60</v>
+      </c>
+      <c r="X31" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>60</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AG31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AH31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AI31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AJ31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AK31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AL31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AM31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AN31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AO31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AP31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AQ31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AS31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AT31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AU31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AV31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AW31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AX31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AY31" t="s">
+        <v>60</v>
+      </c>
+      <c r="AZ31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BA31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BB31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BC31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BD31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BE31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BF31" t="s">
+        <v>60</v>
+      </c>
+      <c r="BG31" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="33" spans="1:59">
+      <c r="A33" s="1" t="s">
         <v>65</v>
-      </c>
-[...195 lines deleted...]
-        <v>71</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
@@ -5185,66 +4759,60 @@
       <c r="AI33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
       <c r="AM33" s="1"/>
       <c r="AN33" s="1"/>
       <c r="AO33" s="1"/>
       <c r="AP33" s="1"/>
       <c r="AQ33" s="1"/>
       <c r="AR33" s="1"/>
       <c r="AS33" s="1"/>
       <c r="AT33" s="1"/>
       <c r="AU33" s="1"/>
       <c r="AV33" s="1"/>
       <c r="AW33" s="1"/>
       <c r="AX33" s="1"/>
       <c r="AY33" s="1"/>
       <c r="AZ33" s="1"/>
       <c r="BA33" s="1"/>
       <c r="BB33" s="1"/>
       <c r="BC33" s="1"/>
       <c r="BD33" s="1"/>
       <c r="BE33" s="1"/>
       <c r="BF33" s="1"/>
       <c r="BG33" s="1"/>
-      <c r="BH33" s="1"/>
-[...4 lines deleted...]
-      <c r="BM33" s="1"/>
     </row>
-    <row r="34" spans="1:65">
+    <row r="34" spans="1:59">
       <c r="A34" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A34:BM34"/>
+    <mergeCell ref="A34:BG34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>