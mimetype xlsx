--- v1 (2026-01-09)
+++ v2 (2026-03-10)
@@ -12,111 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="38742-kamchatka-za-4-dnya" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
-[...59 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>10.03.2026</t>
   </si>
   <si>
     <t>13.03.2026</t>
   </si>
   <si>
     <t>16.03.2026</t>
   </si>
   <si>
     <t>19.03.2026</t>
   </si>
   <si>
     <t>22.03.2026</t>
   </si>
   <si>
     <t>25.03.2026</t>
   </si>
   <si>
     <t>28.03.2026</t>
   </si>
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
@@ -212,51 +152,51 @@
   <si>
     <t>Peak 2322</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>80000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 10—14 лет на дополнительном месте</t>
   </si>
   <si>
     <t>64000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 09.01.2026 23:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 10.03.2026 07:45, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -589,120 +529,100 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BG34"/>
+  <dimension ref="A1:AM34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A33" sqref="A33:BG33"/>
+      <selection activeCell="A33" sqref="A33:AM33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.416504" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:59">
+    <row r="1" spans="1:39">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -774,4045 +694,2685 @@
       </c>
       <c r="AF1" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AM1" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="AN1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:39">
+      <c r="A2" s="2" t="s">
         <v>38</v>
-      </c>
-[...60 lines deleted...]
-        <v>58</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
-      <c r="AN2" s="2"/>
-[...18 lines deleted...]
-      <c r="BG2" s="2"/>
     </row>
-    <row r="3" spans="1:59">
+    <row r="3" spans="1:39">
       <c r="A3" s="3">
         <v>1</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
-      <c r="AN3" s="3"/>
-[...18 lines deleted...]
-      <c r="BG3" s="3"/>
     </row>
-    <row r="4" spans="1:59">
+    <row r="4" spans="1:39">
       <c r="A4" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL4" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM4" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="5" spans="1:59">
+    <row r="5" spans="1:39">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="H5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="I5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="J5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="K5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="L5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="O5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="P5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="Q5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="R5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="S5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="T5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="U5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="V5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="W5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="X5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="Y5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="Z5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AA5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AB5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AC5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AD5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AE5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AF5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AG5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AH5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AI5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AJ5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AK5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AL5" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AM5" t="s">
-        <v>62</v>
-[...59 lines deleted...]
-        <v>62</v>
+        <v>42</v>
       </c>
     </row>
-    <row r="6" spans="1:59">
+    <row r="6" spans="1:39">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="I6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="N6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Q6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="R6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="S6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="U6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="V6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="W6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="X6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Y6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Z6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AA6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AB6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AC6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AD6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AE6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AF6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AG6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AH6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AI6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AJ6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AK6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AL6" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AM6" t="s">
-        <v>64</v>
-[...59 lines deleted...]
-        <v>64</v>
+        <v>44</v>
       </c>
     </row>
-    <row r="7" spans="1:59">
+    <row r="7" spans="1:39">
       <c r="A7" s="3">
         <v>2</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="3"/>
       <c r="AC7" s="3"/>
       <c r="AD7" s="3"/>
       <c r="AE7" s="3"/>
       <c r="AF7" s="3"/>
       <c r="AG7" s="3"/>
       <c r="AH7" s="3"/>
       <c r="AI7" s="3"/>
       <c r="AJ7" s="3"/>
       <c r="AK7" s="3"/>
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
-      <c r="AN7" s="3"/>
-[...18 lines deleted...]
-      <c r="BG7" s="3"/>
     </row>
-    <row r="8" spans="1:59">
+    <row r="8" spans="1:39">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL8" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM8" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="9" spans="1:59">
+    <row r="9" spans="1:39">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="C9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="I9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="J9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="K9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="L9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="M9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="N9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="O9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="P9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="Q9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="R9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="S9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="T9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="U9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="V9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="W9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="X9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="Y9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="Z9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AA9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AB9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AC9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AD9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AE9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AF9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AG9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AH9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AI9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AJ9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AK9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AL9" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="AM9" t="s">
-        <v>62</v>
-[...59 lines deleted...]
-        <v>62</v>
+        <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:59">
+    <row r="10" spans="1:39">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="I10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="J10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="L10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="N10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="O10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="P10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Q10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="R10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="S10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="U10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="V10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="W10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="X10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Y10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Z10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AA10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AB10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AC10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AD10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AE10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AF10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AG10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AH10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AI10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AJ10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AK10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AL10" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AM10" t="s">
-        <v>64</v>
-[...59 lines deleted...]
-        <v>64</v>
+        <v>44</v>
       </c>
     </row>
-    <row r="11" spans="1:59">
+    <row r="11" spans="1:39">
       <c r="A11" s="3">
         <v>3</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AL11" s="3"/>
       <c r="AM11" s="3"/>
-      <c r="AN11" s="3"/>
-[...18 lines deleted...]
-      <c r="BG11" s="3"/>
     </row>
-    <row r="12" spans="1:59">
+    <row r="12" spans="1:39">
       <c r="A12" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL12" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM12" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="13" spans="1:59">
+    <row r="13" spans="1:39">
       <c r="A13" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="D13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="E13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="J13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="K13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="L13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="M13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="N13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="O13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="P13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Q13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="R13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="S13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="U13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="V13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="W13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="X13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Y13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="Z13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AA13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AB13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AC13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AD13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AE13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AF13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AG13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AH13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AI13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AJ13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AK13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AL13" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="AM13" t="s">
-        <v>64</v>
-[...59 lines deleted...]
-        <v>64</v>
+        <v>44</v>
       </c>
     </row>
-    <row r="14" spans="1:59">
+    <row r="14" spans="1:39">
       <c r="A14" s="3">
         <v>4</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="3"/>
       <c r="D14" s="3"/>
       <c r="E14" s="3"/>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
       <c r="Z14" s="3"/>
       <c r="AA14" s="3"/>
       <c r="AB14" s="3"/>
       <c r="AC14" s="3"/>
       <c r="AD14" s="3"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
       <c r="AI14" s="3"/>
       <c r="AJ14" s="3"/>
       <c r="AK14" s="3"/>
       <c r="AL14" s="3"/>
       <c r="AM14" s="3"/>
-      <c r="AN14" s="3"/>
-[...18 lines deleted...]
-      <c r="BG14" s="3"/>
     </row>
-    <row r="15" spans="1:59">
+    <row r="15" spans="1:39">
       <c r="A15" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL15" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM15" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="16" spans="1:59">
+    <row r="16" spans="1:39">
       <c r="A16" s="3">
         <v>5</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
       <c r="Z16" s="3"/>
       <c r="AA16" s="3"/>
       <c r="AB16" s="3"/>
       <c r="AC16" s="3"/>
       <c r="AD16" s="3"/>
       <c r="AE16" s="3"/>
       <c r="AF16" s="3"/>
       <c r="AG16" s="3"/>
       <c r="AH16" s="3"/>
       <c r="AI16" s="3"/>
       <c r="AJ16" s="3"/>
       <c r="AK16" s="3"/>
       <c r="AL16" s="3"/>
       <c r="AM16" s="3"/>
-      <c r="AN16" s="3"/>
-[...18 lines deleted...]
-      <c r="BG16" s="3"/>
     </row>
-    <row r="17" spans="1:59">
+    <row r="17" spans="1:39">
       <c r="A17" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL17" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM17" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="18" spans="1:59">
+    <row r="18" spans="1:39">
       <c r="A18" s="3">
         <v>6</v>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
       <c r="AF18" s="3"/>
       <c r="AG18" s="3"/>
       <c r="AH18" s="3"/>
       <c r="AI18" s="3"/>
       <c r="AJ18" s="3"/>
       <c r="AK18" s="3"/>
       <c r="AL18" s="3"/>
       <c r="AM18" s="3"/>
-      <c r="AN18" s="3"/>
-[...18 lines deleted...]
-      <c r="BG18" s="3"/>
     </row>
-    <row r="19" spans="1:59">
+    <row r="19" spans="1:39">
       <c r="A19" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL19" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM19" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="20" spans="1:59">
+    <row r="20" spans="1:39">
       <c r="A20" s="3">
         <v>7</v>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
       <c r="AF20" s="3"/>
       <c r="AG20" s="3"/>
       <c r="AH20" s="3"/>
       <c r="AI20" s="3"/>
       <c r="AJ20" s="3"/>
       <c r="AK20" s="3"/>
       <c r="AL20" s="3"/>
       <c r="AM20" s="3"/>
-      <c r="AN20" s="3"/>
-[...18 lines deleted...]
-      <c r="BG20" s="3"/>
     </row>
-    <row r="21" spans="1:59">
+    <row r="21" spans="1:39">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL21" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM21" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="22" spans="1:59">
+    <row r="22" spans="1:39">
       <c r="A22" s="3">
         <v>8</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
       <c r="AF22" s="3"/>
       <c r="AG22" s="3"/>
       <c r="AH22" s="3"/>
       <c r="AI22" s="3"/>
       <c r="AJ22" s="3"/>
       <c r="AK22" s="3"/>
       <c r="AL22" s="3"/>
       <c r="AM22" s="3"/>
-      <c r="AN22" s="3"/>
-[...18 lines deleted...]
-      <c r="BG22" s="3"/>
     </row>
-    <row r="23" spans="1:59">
+    <row r="23" spans="1:39">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL23" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM23" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="24" spans="1:59">
+    <row r="24" spans="1:39">
       <c r="A24" s="3">
         <v>9</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
       <c r="P24" s="3"/>
       <c r="Q24" s="3"/>
       <c r="R24" s="3"/>
       <c r="S24" s="3"/>
       <c r="T24" s="3"/>
       <c r="U24" s="3"/>
       <c r="V24" s="3"/>
       <c r="W24" s="3"/>
       <c r="X24" s="3"/>
       <c r="Y24" s="3"/>
       <c r="Z24" s="3"/>
       <c r="AA24" s="3"/>
       <c r="AB24" s="3"/>
       <c r="AC24" s="3"/>
       <c r="AD24" s="3"/>
       <c r="AE24" s="3"/>
       <c r="AF24" s="3"/>
       <c r="AG24" s="3"/>
       <c r="AH24" s="3"/>
       <c r="AI24" s="3"/>
       <c r="AJ24" s="3"/>
       <c r="AK24" s="3"/>
       <c r="AL24" s="3"/>
       <c r="AM24" s="3"/>
-      <c r="AN24" s="3"/>
-[...18 lines deleted...]
-      <c r="BG24" s="3"/>
     </row>
-    <row r="25" spans="1:59">
+    <row r="25" spans="1:39">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL25" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM25" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="26" spans="1:59">
+    <row r="26" spans="1:39">
       <c r="A26" s="3">
         <v>10</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="3"/>
       <c r="U26" s="3"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3"/>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3"/>
       <c r="AE26" s="3"/>
       <c r="AF26" s="3"/>
       <c r="AG26" s="3"/>
       <c r="AH26" s="3"/>
       <c r="AI26" s="3"/>
       <c r="AJ26" s="3"/>
       <c r="AK26" s="3"/>
       <c r="AL26" s="3"/>
       <c r="AM26" s="3"/>
-      <c r="AN26" s="3"/>
-[...18 lines deleted...]
-      <c r="BG26" s="3"/>
     </row>
-    <row r="27" spans="1:59">
+    <row r="27" spans="1:39">
       <c r="A27" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL27" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM27" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="28" spans="1:59">
+    <row r="28" spans="1:39">
       <c r="A28" s="3">
         <v>11</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
       <c r="P28" s="3"/>
       <c r="Q28" s="3"/>
       <c r="R28" s="3"/>
       <c r="S28" s="3"/>
       <c r="T28" s="3"/>
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
       <c r="AF28" s="3"/>
       <c r="AG28" s="3"/>
       <c r="AH28" s="3"/>
       <c r="AI28" s="3"/>
       <c r="AJ28" s="3"/>
       <c r="AK28" s="3"/>
       <c r="AL28" s="3"/>
       <c r="AM28" s="3"/>
-      <c r="AN28" s="3"/>
-[...18 lines deleted...]
-      <c r="BG28" s="3"/>
     </row>
-    <row r="29" spans="1:59">
+    <row r="29" spans="1:39">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL29" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM29" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="30" spans="1:59">
+    <row r="30" spans="1:39">
       <c r="A30" s="3">
         <v>12</v>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
       <c r="P30" s="3"/>
       <c r="Q30" s="3"/>
       <c r="R30" s="3"/>
       <c r="S30" s="3"/>
       <c r="T30" s="3"/>
       <c r="U30" s="3"/>
       <c r="V30" s="3"/>
       <c r="W30" s="3"/>
       <c r="X30" s="3"/>
       <c r="Y30" s="3"/>
       <c r="Z30" s="3"/>
       <c r="AA30" s="3"/>
       <c r="AB30" s="3"/>
       <c r="AC30" s="3"/>
       <c r="AD30" s="3"/>
       <c r="AE30" s="3"/>
       <c r="AF30" s="3"/>
       <c r="AG30" s="3"/>
       <c r="AH30" s="3"/>
       <c r="AI30" s="3"/>
       <c r="AJ30" s="3"/>
       <c r="AK30" s="3"/>
       <c r="AL30" s="3"/>
       <c r="AM30" s="3"/>
-      <c r="AN30" s="3"/>
-[...18 lines deleted...]
-      <c r="BG30" s="3"/>
     </row>
-    <row r="31" spans="1:59">
+    <row r="31" spans="1:39">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="B31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="C31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="K31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="L31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="M31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="N31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="O31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="P31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Q31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="R31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="S31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="T31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="U31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="V31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="W31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="X31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Y31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="Z31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AA31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AB31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AC31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AD31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AE31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AF31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AG31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AH31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AI31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AJ31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AK31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AL31" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AM31" t="s">
-        <v>60</v>
-[...59 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="33" spans="1:59">
+    <row r="33" spans="1:39">
       <c r="A33" s="1" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
       <c r="Z33" s="1"/>
       <c r="AA33" s="1"/>
       <c r="AB33" s="1"/>
       <c r="AC33" s="1"/>
       <c r="AD33" s="1"/>
       <c r="AE33" s="1"/>
       <c r="AF33" s="1"/>
       <c r="AG33" s="1"/>
       <c r="AH33" s="1"/>
       <c r="AI33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
       <c r="AM33" s="1"/>
-      <c r="AN33" s="1"/>
-[...18 lines deleted...]
-      <c r="BG33" s="1"/>
     </row>
-    <row r="34" spans="1:59">
+    <row r="34" spans="1:39">
       <c r="A34" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A34:BG34"/>
+    <mergeCell ref="A34:AM34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>