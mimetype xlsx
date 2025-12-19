--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -26,96 +26,96 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41358-novyj-god-na-kargop..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>31.12.2025</t>
   </si>
   <si>
     <t>Размещение по программе тура / г. Каргополь</t>
   </si>
   <si>
     <t>Двухместный номер TWIN</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>29900 RUB</t>
+    <t>30000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>33900 RUB</t>
+    <t>34000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 0—12 лет на основном месте</t>
   </si>
   <si>
-    <t>23920 RUB</t>
+    <t>24000 RUB</t>
   </si>
   <si>
     <t>Размещение в двухместном номере с другим туристом</t>
   </si>
   <si>
     <t>Двухместный номер DBL / Улучшенный</t>
   </si>
   <si>
-    <t>32400 RUB</t>
-[...5 lines deleted...]
-    <t>25920 RUB</t>
+    <t>32500 RUB</t>
+  </si>
+  <si>
+    <t>38500 RUB</t>
+  </si>
+  <si>
+    <t>26000 RUB</t>
   </si>
   <si>
     <t>Двухместный номер DBL / Джуниор</t>
   </si>
   <si>
-    <t>32900 RUB</t>
-[...5 lines deleted...]
-    <t>26320 RUB</t>
+    <t>33400 RUB</t>
+  </si>
+  <si>
+    <t>42400 RUB</t>
+  </si>
+  <si>
+    <t>26720 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 03.11.2025 08:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 19.12.2025 22:17, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>