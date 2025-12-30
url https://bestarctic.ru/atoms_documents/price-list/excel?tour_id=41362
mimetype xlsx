--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -53,72 +53,72 @@
   <si>
     <t>29500 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>33500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 0—12 лет на основном месте</t>
   </si>
   <si>
     <t>23600 RUB</t>
   </si>
   <si>
     <t>Размещение в двухместном номере с другим туристом</t>
   </si>
   <si>
     <t>Двухместный номер DBL / Улучшенный</t>
   </si>
   <si>
     <t>31500 RUB</t>
   </si>
   <si>
-    <t>37500 RUB</t>
+    <t>35500 RUB</t>
   </si>
   <si>
     <t>25200 RUB</t>
   </si>
   <si>
     <t>Двухместный номер DBL / Джуниор</t>
   </si>
   <si>
-    <t>32900 RUB</t>
-[...11 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 15.11.2025 06:07, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>32500 RUB</t>
+  </si>
+  <si>
+    <t>38500 RUB</t>
+  </si>
+  <si>
+    <t>26000 RUB</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 30.12.2025 12:21, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>