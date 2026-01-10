--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -260,54 +260,54 @@
   <si>
     <t>185000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Камчатский welcome сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
     <t>Спа</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 26.11.2025 10:51, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 04:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>