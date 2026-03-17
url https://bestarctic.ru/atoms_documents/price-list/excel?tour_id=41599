--- v1 (2026-01-10)
+++ v2 (2026-03-17)
@@ -200,51 +200,51 @@
   <si>
     <t>25.10.2026</t>
   </si>
   <si>
     <t>26.10.2026</t>
   </si>
   <si>
     <t>27.10.2026</t>
   </si>
   <si>
     <t>28.10.2026</t>
   </si>
   <si>
     <t>29.10.2026</t>
   </si>
   <si>
     <t>30.10.2026</t>
   </si>
   <si>
     <t>31.10.2026</t>
   </si>
   <si>
     <t>Лагуна</t>
   </si>
   <si>
-    <t>2х-местный (Голубое озеро/глэмпинг Микижа)</t>
+    <t>2х-местный (Голубое озеро)</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>160000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
   </si>
   <si>
     <t>125000 RUB</t>
   </si>
@@ -263,51 +263,51 @@
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Камчатский welcome сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
     <t>Спа</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>10000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 11.01.2026 04:01, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 17.03.2026 14:34, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>