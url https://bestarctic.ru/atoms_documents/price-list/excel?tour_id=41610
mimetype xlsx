--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41610-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>17.11.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>19.11.2025</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
@@ -470,51 +467,51 @@
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>140000 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп. ночь 2х-местный (Форест)</t>
   </si>
   <si>
     <t>10400 RUB</t>
   </si>
   <si>
     <t>доп ночи в категории "глазастик"</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 01.10.2025 06:04, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 15.11.2025 11:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -856,54 +853,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EF21"/>
+  <dimension ref="A1:EE21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A20" sqref="A20:EF20"/>
+      <selection activeCell="A20" sqref="A20:EE20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -999,54 +996,53 @@
     <col min="111" max="111" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="114" max="114" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="116" max="116" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="118" max="118" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="120" max="120" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="122" max="122" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="124" max="124" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="126" max="126" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="128" max="128" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="130" max="130" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="132" max="132" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="134" max="134" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:136">
+    <row r="1" spans="1:135">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1128,81 +1124,81 @@
       <c r="AI1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AM1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="AN1" s="1" t="s">
         <v>38</v>
       </c>
       <c r="AO1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="AP1" s="1" t="s">
         <v>40</v>
       </c>
       <c r="AQ1" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AR1" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AS1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AT1" s="1" t="s">
         <v>43</v>
       </c>
       <c r="AU1" s="1" t="s">
         <v>44</v>
       </c>
       <c r="AV1" s="1" t="s">
         <v>45</v>
       </c>
       <c r="AW1" s="1" t="s">
         <v>46</v>
       </c>
       <c r="AX1" s="1" t="s">
         <v>47</v>
       </c>
       <c r="AY1" s="1" t="s">
         <v>48</v>
       </c>
       <c r="AZ1" s="1" t="s">
         <v>49</v>
       </c>
       <c r="BA1" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="BB1" s="1" t="s">
         <v>50</v>
       </c>
       <c r="BC1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="BD1" s="1" t="s">
         <v>52</v>
       </c>
       <c r="BE1" s="1" t="s">
         <v>53</v>
       </c>
       <c r="BF1" s="1" t="s">
         <v>54</v>
       </c>
       <c r="BG1" s="1" t="s">
         <v>55</v>
       </c>
       <c r="BH1" s="1" t="s">
         <v>56</v>
       </c>
       <c r="BI1" s="1" t="s">
         <v>57</v>
       </c>
@@ -1224,51 +1220,51 @@
       <c r="BO1" s="1" t="s">
         <v>63</v>
       </c>
       <c r="BP1" s="1" t="s">
         <v>64</v>
       </c>
       <c r="BQ1" s="1" t="s">
         <v>65</v>
       </c>
       <c r="BR1" s="1" t="s">
         <v>66</v>
       </c>
       <c r="BS1" s="1" t="s">
         <v>67</v>
       </c>
       <c r="BT1" s="1" t="s">
         <v>68</v>
       </c>
       <c r="BU1" s="1" t="s">
         <v>69</v>
       </c>
       <c r="BV1" s="1" t="s">
         <v>70</v>
       </c>
       <c r="BW1" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="BX1" s="1" t="s">
         <v>71</v>
       </c>
       <c r="BY1" s="1" t="s">
         <v>72</v>
       </c>
       <c r="BZ1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="CA1" s="1" t="s">
         <v>74</v>
       </c>
       <c r="CB1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="CC1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="CD1" s="1" t="s">
         <v>77</v>
       </c>
       <c r="CE1" s="1" t="s">
         <v>78</v>
       </c>
@@ -1406,57 +1402,54 @@
       </c>
       <c r="DX1" s="1" t="s">
         <v>123</v>
       </c>
       <c r="DY1" s="1" t="s">
         <v>124</v>
       </c>
       <c r="DZ1" s="1" t="s">
         <v>125</v>
       </c>
       <c r="EA1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="EB1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="EC1" s="1" t="s">
         <v>128</v>
       </c>
       <c r="ED1" s="1" t="s">
         <v>129</v>
       </c>
       <c r="EE1" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="EF1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:135">
+      <c r="A2" s="2" t="s">
         <v>131</v>
-      </c>
-[...3 lines deleted...]
-        <v>132</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1548,55 +1541,54 @@
       <c r="DG2" s="2"/>
       <c r="DH2" s="2"/>
       <c r="DI2" s="2"/>
       <c r="DJ2" s="2"/>
       <c r="DK2" s="2"/>
       <c r="DL2" s="2"/>
       <c r="DM2" s="2"/>
       <c r="DN2" s="2"/>
       <c r="DO2" s="2"/>
       <c r="DP2" s="2"/>
       <c r="DQ2" s="2"/>
       <c r="DR2" s="2"/>
       <c r="DS2" s="2"/>
       <c r="DT2" s="2"/>
       <c r="DU2" s="2"/>
       <c r="DV2" s="2"/>
       <c r="DW2" s="2"/>
       <c r="DX2" s="2"/>
       <c r="DY2" s="2"/>
       <c r="DZ2" s="2"/>
       <c r="EA2" s="2"/>
       <c r="EB2" s="2"/>
       <c r="EC2" s="2"/>
       <c r="ED2" s="2"/>
       <c r="EE2" s="2"/>
-      <c r="EF2" s="2"/>
     </row>
-    <row r="3" spans="1:136">
+    <row r="3" spans="1:135">
       <c r="A3" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1688,1285 +1680,1275 @@
       <c r="DG3" s="3"/>
       <c r="DH3" s="3"/>
       <c r="DI3" s="3"/>
       <c r="DJ3" s="3"/>
       <c r="DK3" s="3"/>
       <c r="DL3" s="3"/>
       <c r="DM3" s="3"/>
       <c r="DN3" s="3"/>
       <c r="DO3" s="3"/>
       <c r="DP3" s="3"/>
       <c r="DQ3" s="3"/>
       <c r="DR3" s="3"/>
       <c r="DS3" s="3"/>
       <c r="DT3" s="3"/>
       <c r="DU3" s="3"/>
       <c r="DV3" s="3"/>
       <c r="DW3" s="3"/>
       <c r="DX3" s="3"/>
       <c r="DY3" s="3"/>
       <c r="DZ3" s="3"/>
       <c r="EA3" s="3"/>
       <c r="EB3" s="3"/>
       <c r="EC3" s="3"/>
       <c r="ED3" s="3"/>
       <c r="EE3" s="3"/>
-      <c r="EF3" s="3"/>
     </row>
-    <row r="4" spans="1:136">
+    <row r="4" spans="1:135">
       <c r="A4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D4" t="s">
+        <v>134</v>
+      </c>
+      <c r="E4" t="s">
+        <v>134</v>
+      </c>
+      <c r="F4" t="s">
+        <v>134</v>
+      </c>
+      <c r="G4" t="s">
+        <v>134</v>
+      </c>
+      <c r="H4" t="s">
+        <v>134</v>
+      </c>
+      <c r="I4" t="s">
+        <v>134</v>
+      </c>
+      <c r="J4" t="s">
+        <v>134</v>
+      </c>
+      <c r="K4" t="s">
+        <v>134</v>
+      </c>
+      <c r="L4" t="s">
+        <v>134</v>
+      </c>
+      <c r="M4" t="s">
+        <v>134</v>
+      </c>
+      <c r="N4" t="s">
+        <v>134</v>
+      </c>
+      <c r="O4" t="s">
+        <v>134</v>
+      </c>
+      <c r="P4" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>134</v>
+      </c>
+      <c r="R4" t="s">
+        <v>134</v>
+      </c>
+      <c r="S4" t="s">
+        <v>134</v>
+      </c>
+      <c r="T4" t="s">
+        <v>134</v>
+      </c>
+      <c r="U4" t="s">
+        <v>134</v>
+      </c>
+      <c r="V4" t="s">
+        <v>134</v>
+      </c>
+      <c r="W4" t="s">
+        <v>134</v>
+      </c>
+      <c r="X4" t="s">
+        <v>134</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>134</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BQ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BR4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BS4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BT4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BU4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BV4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BW4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BX4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BY4" t="s">
+        <v>134</v>
+      </c>
+      <c r="BZ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CA4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CB4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CC4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CD4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CE4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CF4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CG4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CH4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CI4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CJ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CK4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CL4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CM4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CN4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CO4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CP4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CQ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CR4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CS4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CT4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CU4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CV4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CW4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CX4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CY4" t="s">
+        <v>134</v>
+      </c>
+      <c r="CZ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DA4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DB4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DC4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DD4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DE4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DF4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DG4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DH4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DI4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DJ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DK4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DL4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DM4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DN4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DO4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DP4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DQ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DR4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DS4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DT4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DU4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DV4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DW4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DX4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DY4" t="s">
+        <v>134</v>
+      </c>
+      <c r="DZ4" t="s">
+        <v>134</v>
+      </c>
+      <c r="EA4" t="s">
+        <v>134</v>
+      </c>
+      <c r="EB4" t="s">
+        <v>134</v>
+      </c>
+      <c r="EC4" t="s">
+        <v>134</v>
+      </c>
+      <c r="ED4" t="s">
+        <v>134</v>
+      </c>
+      <c r="EE4" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="5" spans="1:135">
+      <c r="A5" t="s">
         <v>135</v>
       </c>
-      <c r="C4" t="s">
-[...399 lines deleted...]
-        <v>135</v>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F5" t="s">
+        <v>136</v>
+      </c>
+      <c r="G5" t="s">
+        <v>136</v>
+      </c>
+      <c r="H5" t="s">
+        <v>136</v>
+      </c>
+      <c r="I5" t="s">
+        <v>136</v>
+      </c>
+      <c r="J5" t="s">
+        <v>136</v>
+      </c>
+      <c r="K5" t="s">
+        <v>136</v>
+      </c>
+      <c r="L5" t="s">
+        <v>136</v>
+      </c>
+      <c r="M5" t="s">
+        <v>136</v>
+      </c>
+      <c r="N5" t="s">
+        <v>136</v>
+      </c>
+      <c r="O5" t="s">
+        <v>136</v>
+      </c>
+      <c r="P5" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>136</v>
+      </c>
+      <c r="R5" t="s">
+        <v>136</v>
+      </c>
+      <c r="S5" t="s">
+        <v>136</v>
+      </c>
+      <c r="T5" t="s">
+        <v>136</v>
+      </c>
+      <c r="U5" t="s">
+        <v>136</v>
+      </c>
+      <c r="V5" t="s">
+        <v>136</v>
+      </c>
+      <c r="W5" t="s">
+        <v>136</v>
+      </c>
+      <c r="X5" t="s">
+        <v>136</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>136</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AI5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AJ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AK5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AL5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AM5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AN5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AO5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AP5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AQ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AS5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AT5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AU5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AV5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AW5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AX5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AY5" t="s">
+        <v>136</v>
+      </c>
+      <c r="AZ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BA5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BB5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BC5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BD5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BE5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BF5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BG5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BH5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BI5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BJ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BK5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BL5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BM5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BN5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BO5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BP5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BQ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BR5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BS5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BT5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BU5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BV5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BW5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BX5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BY5" t="s">
+        <v>136</v>
+      </c>
+      <c r="BZ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CA5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CB5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CC5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CD5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CE5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CF5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CG5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CH5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CI5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CJ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CK5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CL5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CM5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CN5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CO5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CP5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CQ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CR5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CS5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CT5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CU5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CV5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CW5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CX5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CY5" t="s">
+        <v>136</v>
+      </c>
+      <c r="CZ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DA5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DB5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DC5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DD5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DE5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DF5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DG5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DH5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DI5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DJ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DK5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DL5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DM5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DN5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DO5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DP5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DQ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DR5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DS5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DT5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DU5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DV5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DW5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DX5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DY5" t="s">
+        <v>136</v>
+      </c>
+      <c r="DZ5" t="s">
+        <v>136</v>
+      </c>
+      <c r="EA5" t="s">
+        <v>136</v>
+      </c>
+      <c r="EB5" t="s">
+        <v>136</v>
+      </c>
+      <c r="EC5" t="s">
+        <v>136</v>
+      </c>
+      <c r="ED5" t="s">
+        <v>136</v>
+      </c>
+      <c r="EE5" t="s">
+        <v>136</v>
       </c>
     </row>
-    <row r="5" spans="1:136">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="6" spans="1:135">
+      <c r="A6" t="s">
         <v>137</v>
       </c>
-      <c r="C5" t="s">
-[...399 lines deleted...]
-        <v>137</v>
+      <c r="B6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D6" t="s">
+        <v>138</v>
+      </c>
+      <c r="E6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F6" t="s">
+        <v>138</v>
+      </c>
+      <c r="G6" t="s">
+        <v>138</v>
+      </c>
+      <c r="H6" t="s">
+        <v>138</v>
+      </c>
+      <c r="I6" t="s">
+        <v>138</v>
+      </c>
+      <c r="J6" t="s">
+        <v>138</v>
+      </c>
+      <c r="K6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L6" t="s">
+        <v>138</v>
+      </c>
+      <c r="M6" t="s">
+        <v>138</v>
+      </c>
+      <c r="N6" t="s">
+        <v>138</v>
+      </c>
+      <c r="O6" t="s">
+        <v>138</v>
+      </c>
+      <c r="P6" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>138</v>
+      </c>
+      <c r="R6" t="s">
+        <v>138</v>
+      </c>
+      <c r="S6" t="s">
+        <v>138</v>
+      </c>
+      <c r="T6" t="s">
+        <v>138</v>
+      </c>
+      <c r="U6" t="s">
+        <v>138</v>
+      </c>
+      <c r="V6" t="s">
+        <v>138</v>
+      </c>
+      <c r="W6" t="s">
+        <v>138</v>
+      </c>
+      <c r="X6" t="s">
+        <v>138</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>138</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BM6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BN6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BO6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BP6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BQ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BR6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BS6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BT6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BU6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BV6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BW6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BX6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BY6" t="s">
+        <v>138</v>
+      </c>
+      <c r="BZ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CA6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CB6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CC6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CD6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CE6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CF6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CG6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CH6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CI6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CJ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CK6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CL6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CM6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CN6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CO6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CP6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CQ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CR6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CS6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CT6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CU6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CV6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CW6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CX6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CY6" t="s">
+        <v>138</v>
+      </c>
+      <c r="CZ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DA6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DB6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DC6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DD6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DE6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DF6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DG6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DH6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DI6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DJ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DK6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DL6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DM6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DN6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DO6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DP6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DQ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DR6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DS6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DT6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DU6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DV6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DW6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DX6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DY6" t="s">
+        <v>138</v>
+      </c>
+      <c r="DZ6" t="s">
+        <v>138</v>
+      </c>
+      <c r="EA6" t="s">
+        <v>138</v>
+      </c>
+      <c r="EB6" t="s">
+        <v>138</v>
+      </c>
+      <c r="EC6" t="s">
+        <v>138</v>
+      </c>
+      <c r="ED6" t="s">
+        <v>138</v>
+      </c>
+      <c r="EE6" t="s">
+        <v>138</v>
       </c>
     </row>
-    <row r="6" spans="1:136">
-[...3 lines deleted...]
-      <c r="B6" t="s">
+    <row r="7" spans="1:135">
+      <c r="A7" s="3" t="s">
         <v>139</v>
-      </c>
-[...405 lines deleted...]
-        <v>140</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -3058,1285 +3040,1275 @@
       <c r="DG7" s="3"/>
       <c r="DH7" s="3"/>
       <c r="DI7" s="3"/>
       <c r="DJ7" s="3"/>
       <c r="DK7" s="3"/>
       <c r="DL7" s="3"/>
       <c r="DM7" s="3"/>
       <c r="DN7" s="3"/>
       <c r="DO7" s="3"/>
       <c r="DP7" s="3"/>
       <c r="DQ7" s="3"/>
       <c r="DR7" s="3"/>
       <c r="DS7" s="3"/>
       <c r="DT7" s="3"/>
       <c r="DU7" s="3"/>
       <c r="DV7" s="3"/>
       <c r="DW7" s="3"/>
       <c r="DX7" s="3"/>
       <c r="DY7" s="3"/>
       <c r="DZ7" s="3"/>
       <c r="EA7" s="3"/>
       <c r="EB7" s="3"/>
       <c r="EC7" s="3"/>
       <c r="ED7" s="3"/>
       <c r="EE7" s="3"/>
-      <c r="EF7" s="3"/>
     </row>
-    <row r="8" spans="1:136">
+    <row r="8" spans="1:135">
       <c r="A8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="L8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="M8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="N8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="O8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="P8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Q8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="R8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="S8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="T8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="U8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="V8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="W8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="X8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Y8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Z8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AA8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AB8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AC8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AD8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AE8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AF8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AG8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AH8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AI8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AJ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AK8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AL8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AM8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AN8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AO8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AP8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AQ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AR8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AS8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AT8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AU8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AV8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AW8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AY8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AZ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BA8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BB8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BC8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BD8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BE8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BF8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BG8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BH8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BI8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BJ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BK8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BL8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BM8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BN8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BO8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BP8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BQ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BR8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BS8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BT8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BU8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BV8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BW8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BX8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BY8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BZ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CA8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CB8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CC8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CD8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CE8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CF8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CG8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CH8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CI8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CJ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CK8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CL8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CM8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CN8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CO8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CP8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CQ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CR8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CS8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CT8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CU8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CV8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CW8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CX8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CY8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CZ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DA8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DB8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DC8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DD8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DE8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DF8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DG8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DH8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DI8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DJ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DK8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DL8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DM8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DN8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DO8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DP8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DQ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DR8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DS8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DT8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DU8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DV8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DW8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DX8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DY8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DZ8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EA8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EB8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EC8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="ED8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EE8" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
-    <row r="9" spans="1:136">
+    <row r="9" spans="1:135">
       <c r="A9" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="K9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="L9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="M9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="N9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="O9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="P9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="Q9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="R9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="S9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="T9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="U9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="V9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="W9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="X9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="Y9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="Z9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AA9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AB9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AC9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AD9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AE9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AF9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AG9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AH9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AI9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AJ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AK9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AL9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AM9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AN9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AO9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AP9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AQ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AR9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AS9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AT9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AU9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AV9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AW9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AX9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AY9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AZ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BA9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BB9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BC9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BD9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BE9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BF9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BG9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BH9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BI9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BJ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BK9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BL9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BM9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BN9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BO9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BP9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BQ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BR9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BS9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BT9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BU9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BV9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BW9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BX9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BY9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BZ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CA9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CB9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CC9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CD9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CE9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CF9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CG9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CH9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CI9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CJ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CK9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CL9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CM9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CN9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CO9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CP9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CQ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CR9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CS9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CT9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CU9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CV9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CW9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CX9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CY9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="CZ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DA9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DB9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DC9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DD9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DE9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DF9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DG9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DH9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DI9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DJ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DK9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DL9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DM9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DN9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DO9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DP9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DQ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DR9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DS9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DT9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DU9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DV9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DW9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DX9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DY9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="DZ9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="EA9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="EB9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="EC9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="ED9" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="EE9" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
-    <row r="10" spans="1:136">
+    <row r="10" spans="1:135">
       <c r="A10" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B10" t="s">
+        <v>142</v>
+      </c>
+      <c r="C10" t="s">
+        <v>142</v>
+      </c>
+      <c r="D10" t="s">
+        <v>142</v>
+      </c>
+      <c r="E10" t="s">
+        <v>142</v>
+      </c>
+      <c r="F10" t="s">
+        <v>142</v>
+      </c>
+      <c r="G10" t="s">
+        <v>142</v>
+      </c>
+      <c r="H10" t="s">
+        <v>142</v>
+      </c>
+      <c r="I10" t="s">
+        <v>142</v>
+      </c>
+      <c r="J10" t="s">
+        <v>142</v>
+      </c>
+      <c r="K10" t="s">
+        <v>142</v>
+      </c>
+      <c r="L10" t="s">
+        <v>142</v>
+      </c>
+      <c r="M10" t="s">
+        <v>142</v>
+      </c>
+      <c r="N10" t="s">
+        <v>142</v>
+      </c>
+      <c r="O10" t="s">
+        <v>142</v>
+      </c>
+      <c r="P10" t="s">
+        <v>142</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>142</v>
+      </c>
+      <c r="R10" t="s">
+        <v>142</v>
+      </c>
+      <c r="S10" t="s">
+        <v>142</v>
+      </c>
+      <c r="T10" t="s">
+        <v>142</v>
+      </c>
+      <c r="U10" t="s">
+        <v>142</v>
+      </c>
+      <c r="V10" t="s">
+        <v>142</v>
+      </c>
+      <c r="W10" t="s">
+        <v>142</v>
+      </c>
+      <c r="X10" t="s">
+        <v>142</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>142</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AI10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AJ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AK10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AL10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AM10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AN10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AO10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AP10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AQ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AS10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AT10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AU10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AV10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AW10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AX10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AY10" t="s">
+        <v>142</v>
+      </c>
+      <c r="AZ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BA10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BB10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BC10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BD10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BE10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BF10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BG10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BH10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BI10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BJ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BK10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BL10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BM10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BN10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BO10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BP10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BQ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BR10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BS10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BT10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BU10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BV10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BW10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BX10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BY10" t="s">
+        <v>142</v>
+      </c>
+      <c r="BZ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CA10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CB10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CC10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CD10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CE10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CF10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CG10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CH10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CI10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CJ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CK10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CL10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CM10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CN10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CO10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CP10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CQ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CR10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CS10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CT10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CU10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CV10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CW10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CX10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CY10" t="s">
+        <v>142</v>
+      </c>
+      <c r="CZ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DA10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DB10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DC10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DD10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DE10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DF10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DG10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DH10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DI10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DJ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DK10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DL10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DM10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DN10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DO10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DP10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DQ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DR10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DS10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DT10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DU10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DV10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DW10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DX10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DY10" t="s">
+        <v>142</v>
+      </c>
+      <c r="DZ10" t="s">
+        <v>142</v>
+      </c>
+      <c r="EA10" t="s">
+        <v>142</v>
+      </c>
+      <c r="EB10" t="s">
+        <v>142</v>
+      </c>
+      <c r="EC10" t="s">
+        <v>142</v>
+      </c>
+      <c r="ED10" t="s">
+        <v>142</v>
+      </c>
+      <c r="EE10" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="11" spans="1:135">
+      <c r="A11" s="3" t="s">
         <v>143</v>
-      </c>
-[...405 lines deleted...]
-        <v>144</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -4428,1283 +4400,1273 @@
       <c r="DG11" s="3"/>
       <c r="DH11" s="3"/>
       <c r="DI11" s="3"/>
       <c r="DJ11" s="3"/>
       <c r="DK11" s="3"/>
       <c r="DL11" s="3"/>
       <c r="DM11" s="3"/>
       <c r="DN11" s="3"/>
       <c r="DO11" s="3"/>
       <c r="DP11" s="3"/>
       <c r="DQ11" s="3"/>
       <c r="DR11" s="3"/>
       <c r="DS11" s="3"/>
       <c r="DT11" s="3"/>
       <c r="DU11" s="3"/>
       <c r="DV11" s="3"/>
       <c r="DW11" s="3"/>
       <c r="DX11" s="3"/>
       <c r="DY11" s="3"/>
       <c r="DZ11" s="3"/>
       <c r="EA11" s="3"/>
       <c r="EB11" s="3"/>
       <c r="EC11" s="3"/>
       <c r="ED11" s="3"/>
       <c r="EE11" s="3"/>
-      <c r="EF11" s="3"/>
     </row>
-    <row r="12" spans="1:136">
+    <row r="12" spans="1:135">
       <c r="A12" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="I12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="L12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="M12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="N12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="O12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="P12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="Q12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="R12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="S12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="T12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="U12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="V12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="W12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="X12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="Y12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="Z12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AA12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AB12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AC12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AD12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AE12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AF12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AG12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AH12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AI12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AJ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AK12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AL12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AM12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AN12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AO12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AP12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AQ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AR12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AS12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AT12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AU12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AV12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AW12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AX12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AY12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AZ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BA12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BB12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BC12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BD12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BE12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BF12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BG12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BH12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BI12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BJ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BK12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BL12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BM12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BN12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BO12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BP12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BQ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BR12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BS12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BT12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BU12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BV12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BW12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BX12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BY12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BZ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CA12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CB12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CC12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CD12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CE12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CF12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CG12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CH12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CI12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CJ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CK12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CL12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CM12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CN12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CO12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CP12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CQ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CR12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CS12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CT12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CU12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CV12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CW12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CX12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CY12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="CZ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DA12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DB12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DC12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DD12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DE12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DF12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DG12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DH12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DI12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DJ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DK12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DL12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DM12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DN12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DO12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DP12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DQ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DR12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DS12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DT12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DU12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DV12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DW12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DX12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DY12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="DZ12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="EA12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="EB12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="EC12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="ED12" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="EE12" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
-    <row r="13" spans="1:136">
+    <row r="13" spans="1:135">
       <c r="A13" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="L13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="M13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="N13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="O13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="P13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Q13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="R13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="S13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="T13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="U13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="V13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="W13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="X13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Y13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Z13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AA13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AB13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AC13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AD13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AE13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AF13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AG13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AH13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AI13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AJ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AK13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AL13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AM13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AN13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AO13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AP13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AQ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AR13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AS13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AT13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AU13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AV13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AW13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AX13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AY13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AZ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BA13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BB13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BC13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BD13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BE13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BF13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BG13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BH13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BI13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BJ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BK13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BL13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BM13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BN13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BO13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BP13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BQ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BR13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BS13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BT13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BU13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BV13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BW13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BX13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BY13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BZ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CA13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CB13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CC13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CD13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CE13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CF13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CG13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CH13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CI13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CJ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CK13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CL13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CM13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CN13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CO13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CP13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CQ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CR13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CS13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CT13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CU13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CV13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CW13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CX13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CY13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="CZ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DA13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DB13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DC13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DD13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DE13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DF13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DG13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DH13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DI13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DJ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DK13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DL13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DM13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DN13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DO13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DP13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DQ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DR13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DS13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DT13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DU13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DV13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DW13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DX13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DY13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="DZ13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EA13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EB13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EC13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="ED13" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="EE13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
-    <row r="14" spans="1:136">
+    <row r="14" spans="1:135">
       <c r="A14" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="E14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="G14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="L14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="M14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="N14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="O14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="P14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="Q14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="R14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="S14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="T14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="U14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="V14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="X14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="Y14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="Z14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AA14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AB14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AC14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AD14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AE14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AF14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AG14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AH14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AI14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AJ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AK14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AL14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AM14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AN14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AO14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AP14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AQ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AR14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AS14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AT14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AU14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AV14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AW14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AX14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AY14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AZ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BA14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BB14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BC14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BD14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BE14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BF14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BG14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BH14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BI14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BJ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BK14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BL14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BM14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BN14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BO14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BP14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BQ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BR14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BS14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BT14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BU14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BV14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BW14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BX14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BY14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BZ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CA14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CB14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CC14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CD14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CE14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CF14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CG14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CH14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CI14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CJ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CK14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CL14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CM14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CN14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CO14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CP14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CQ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CR14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CS14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CT14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CU14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CV14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CW14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CX14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CY14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="CZ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DA14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DB14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DC14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DD14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DE14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DF14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DG14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DH14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DI14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DJ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DK14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DL14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DM14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DN14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DO14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DP14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DQ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DR14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DS14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DT14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DU14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DV14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DW14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DX14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DY14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="DZ14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="EA14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="EB14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="EC14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="ED14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="EE14" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
-    <row r="15" spans="1:136">
+    <row r="15" spans="1:135">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
       <c r="I15" s="4"/>
       <c r="J15" s="4"/>
       <c r="K15" s="4"/>
       <c r="L15" s="4"/>
       <c r="M15" s="4"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
       <c r="P15" s="4"/>
       <c r="Q15" s="4"/>
       <c r="R15" s="4"/>
       <c r="S15" s="4"/>
       <c r="T15" s="4"/>
       <c r="U15" s="4"/>
       <c r="V15" s="4"/>
       <c r="W15" s="4"/>
       <c r="X15" s="4"/>
       <c r="Y15" s="4"/>
@@ -5796,55 +5758,54 @@
       <c r="DG15" s="4"/>
       <c r="DH15" s="4"/>
       <c r="DI15" s="4"/>
       <c r="DJ15" s="4"/>
       <c r="DK15" s="4"/>
       <c r="DL15" s="4"/>
       <c r="DM15" s="4"/>
       <c r="DN15" s="4"/>
       <c r="DO15" s="4"/>
       <c r="DP15" s="4"/>
       <c r="DQ15" s="4"/>
       <c r="DR15" s="4"/>
       <c r="DS15" s="4"/>
       <c r="DT15" s="4"/>
       <c r="DU15" s="4"/>
       <c r="DV15" s="4"/>
       <c r="DW15" s="4"/>
       <c r="DX15" s="4"/>
       <c r="DY15" s="4"/>
       <c r="DZ15" s="4"/>
       <c r="EA15" s="4"/>
       <c r="EB15" s="4"/>
       <c r="EC15" s="4"/>
       <c r="ED15" s="4"/>
       <c r="EE15" s="4"/>
-      <c r="EF15" s="4"/>
     </row>
-    <row r="16" spans="1:136">
+    <row r="16" spans="1:135">
       <c r="A16" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
@@ -5936,71 +5897,70 @@
       <c r="DG16" s="2"/>
       <c r="DH16" s="2"/>
       <c r="DI16" s="2"/>
       <c r="DJ16" s="2"/>
       <c r="DK16" s="2"/>
       <c r="DL16" s="2"/>
       <c r="DM16" s="2"/>
       <c r="DN16" s="2"/>
       <c r="DO16" s="2"/>
       <c r="DP16" s="2"/>
       <c r="DQ16" s="2"/>
       <c r="DR16" s="2"/>
       <c r="DS16" s="2"/>
       <c r="DT16" s="2"/>
       <c r="DU16" s="2"/>
       <c r="DV16" s="2"/>
       <c r="DW16" s="2"/>
       <c r="DX16" s="2"/>
       <c r="DY16" s="2"/>
       <c r="DZ16" s="2"/>
       <c r="EA16" s="2"/>
       <c r="EB16" s="2"/>
       <c r="EC16" s="2"/>
       <c r="ED16" s="2"/>
       <c r="EE16" s="2"/>
-      <c r="EF16" s="2"/>
     </row>
-    <row r="17" spans="1:136">
+    <row r="17" spans="1:135">
       <c r="A17" t="s">
+        <v>147</v>
+      </c>
+      <c r="B17" t="s">
         <v>148</v>
       </c>
-      <c r="B17" t="s">
+    </row>
+    <row r="18" spans="1:135">
+      <c r="A18" t="s">
         <v>149</v>
       </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
     </row>
-    <row r="18" spans="1:136">
-      <c r="A18" t="s">
+    <row r="20" spans="1:135">
+      <c r="A20" s="1" t="s">
         <v>150</v>
-      </c>
-[...6 lines deleted...]
-        <v>151</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
@@ -6092,61 +6052,60 @@
       <c r="DG20" s="1"/>
       <c r="DH20" s="1"/>
       <c r="DI20" s="1"/>
       <c r="DJ20" s="1"/>
       <c r="DK20" s="1"/>
       <c r="DL20" s="1"/>
       <c r="DM20" s="1"/>
       <c r="DN20" s="1"/>
       <c r="DO20" s="1"/>
       <c r="DP20" s="1"/>
       <c r="DQ20" s="1"/>
       <c r="DR20" s="1"/>
       <c r="DS20" s="1"/>
       <c r="DT20" s="1"/>
       <c r="DU20" s="1"/>
       <c r="DV20" s="1"/>
       <c r="DW20" s="1"/>
       <c r="DX20" s="1"/>
       <c r="DY20" s="1"/>
       <c r="DZ20" s="1"/>
       <c r="EA20" s="1"/>
       <c r="EB20" s="1"/>
       <c r="EC20" s="1"/>
       <c r="ED20" s="1"/>
       <c r="EE20" s="1"/>
-      <c r="EF20" s="1"/>
     </row>
-    <row r="21" spans="1:136">
+    <row r="21" spans="1:135">
       <c r="A21" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A21:EF21"/>
+    <mergeCell ref="A21:EE21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>