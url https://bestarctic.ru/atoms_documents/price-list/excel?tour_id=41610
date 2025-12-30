--- v1 (2025-11-15)
+++ v2 (2025-12-30)
@@ -12,168 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41610-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
-[...116 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>09.01.2026</t>
   </si>
   <si>
     <t>10.01.2026</t>
   </si>
   <si>
     <t>11.01.2026</t>
   </si>
   <si>
     <t>12.01.2026</t>
   </si>
   <si>
     <t>13.01.2026</t>
   </si>
   <si>
     <t>14.01.2026</t>
   </si>
   <si>
     <t>15.01.2026</t>
   </si>
   <si>
     <t>16.01.2026</t>
   </si>
   <si>
@@ -452,66 +335,75 @@
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>140000 RUB</t>
   </si>
   <si>
+    <t>Гостевой дом «Gray house»</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>105000 RUB</t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп. ночь 2х-местный (Форест)</t>
   </si>
   <si>
     <t>10400 RUB</t>
   </si>
   <si>
     <t>доп ночи в категории "глазастик"</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 15.11.2025 11:38, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 30.12.2025 14:56, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -853,54 +745,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EE21"/>
+  <dimension ref="A1:CR23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A20" sqref="A20:EE20"/>
+      <selection activeCell="A22" sqref="A22:CR22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -957,311 +849,272 @@
     <col min="72" max="72" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="84" max="84" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="86" max="86" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="88" max="88" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="90" max="90" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="92" max="92" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="94" max="94" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="96" max="96" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="97" max="97" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...37 lines deleted...]
-    <col min="135" max="135" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:135">
+    <row r="1" spans="1:96">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="L1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="M1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="N1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="O1" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="P1" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="Q1" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="R1" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="S1" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="R1" s="1" t="s">
+      <c r="T1" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="S1" s="1" t="s">
+      <c r="U1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="T1" s="1" t="s">
+      <c r="V1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="U1" s="1" t="s">
+      <c r="W1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="V1" s="1" t="s">
+      <c r="X1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="W1" s="1" t="s">
+      <c r="Y1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="X1" s="1" t="s">
+      <c r="Z1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="Y1" s="1" t="s">
+      <c r="AA1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="Z1" s="1" t="s">
+      <c r="AB1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="AA1" s="1" t="s">
+      <c r="AC1" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="AB1" s="1" t="s">
+      <c r="AD1" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="AC1" s="1" t="s">
+      <c r="AE1" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="AD1" s="1" t="s">
+      <c r="AF1" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="AE1" s="1" t="s">
+      <c r="AG1" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="AF1" s="1" t="s">
+      <c r="AH1" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="AG1" s="1" t="s">
+      <c r="AI1" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="AH1" s="1" t="s">
+      <c r="AJ1" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="AK1" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="AI1" s="1" t="s">
+      <c r="AL1" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="AJ1" s="1" t="s">
+      <c r="AM1" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="AK1" s="1" t="s">
+      <c r="AN1" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="AL1" s="1" t="s">
+      <c r="AO1" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="AM1" s="1" t="s">
+      <c r="AP1" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="AN1" s="1" t="s">
+      <c r="AQ1" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="AO1" s="1" t="s">
+      <c r="AR1" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="AP1" s="1" t="s">
+      <c r="AS1" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="AQ1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="AR1" s="1" t="s">
+      <c r="AT1" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="AS1" s="1" t="s">
+      <c r="AU1" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="AT1" s="1" t="s">
+      <c r="AV1" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="AU1" s="1" t="s">
+      <c r="AW1" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="AV1" s="1" t="s">
+      <c r="AX1" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="AW1" s="1" t="s">
+      <c r="AY1" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="AX1" s="1" t="s">
+      <c r="AZ1" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="AY1" s="1" t="s">
+      <c r="BA1" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="AZ1" s="1" t="s">
+      <c r="BB1" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="BA1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="BB1" s="1" t="s">
+      <c r="BC1" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="BC1" s="1" t="s">
+      <c r="BD1" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="BD1" s="1" t="s">
+      <c r="BE1" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="BE1" s="1" t="s">
+      <c r="BF1" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="BF1" s="1" t="s">
+      <c r="BG1" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="BG1" s="1" t="s">
+      <c r="BH1" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="BH1" s="1" t="s">
+      <c r="BI1" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="BI1" s="1" t="s">
+      <c r="BJ1" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="BJ1" s="1" t="s">
+      <c r="BK1" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="BK1" s="1" t="s">
+      <c r="BL1" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="BL1" s="1" t="s">
+      <c r="BM1" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="BM1" s="1" t="s">
+      <c r="BN1" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="BN1" s="1" t="s">
+      <c r="BO1" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="BO1" s="1" t="s">
+      <c r="BP1" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="BP1" s="1" t="s">
+      <c r="BQ1" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="BQ1" s="1" t="s">
+      <c r="BR1" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="BR1" s="1" t="s">
+      <c r="BS1" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="BS1" s="1" t="s">
+      <c r="BT1" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="BT1" s="1" t="s">
+      <c r="BU1" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="BU1" s="1" t="s">
+      <c r="BV1" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="BW1" s="1" t="s">
         <v>70</v>
       </c>
       <c r="BX1" s="1" t="s">
         <v>71</v>
       </c>
       <c r="BY1" s="1" t="s">
         <v>72</v>
       </c>
       <c r="BZ1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="CA1" s="1" t="s">
         <v>74</v>
       </c>
       <c r="CB1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="CC1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="CD1" s="1" t="s">
         <v>77</v>
       </c>
@@ -1285,171 +1138,54 @@
       </c>
       <c r="CK1" s="1" t="s">
         <v>84</v>
       </c>
       <c r="CL1" s="1" t="s">
         <v>85</v>
       </c>
       <c r="CM1" s="1" t="s">
         <v>86</v>
       </c>
       <c r="CN1" s="1" t="s">
         <v>87</v>
       </c>
       <c r="CO1" s="1" t="s">
         <v>88</v>
       </c>
       <c r="CP1" s="1" t="s">
         <v>89</v>
       </c>
       <c r="CQ1" s="1" t="s">
         <v>90</v>
       </c>
       <c r="CR1" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="CS1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:96">
+      <c r="A2" s="2" t="s">
         <v>92</v>
-      </c>
-[...117 lines deleted...]
-        <v>131</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1502,93 +1238,54 @@
       <c r="BT2" s="2"/>
       <c r="BU2" s="2"/>
       <c r="BV2" s="2"/>
       <c r="BW2" s="2"/>
       <c r="BX2" s="2"/>
       <c r="BY2" s="2"/>
       <c r="BZ2" s="2"/>
       <c r="CA2" s="2"/>
       <c r="CB2" s="2"/>
       <c r="CC2" s="2"/>
       <c r="CD2" s="2"/>
       <c r="CE2" s="2"/>
       <c r="CF2" s="2"/>
       <c r="CG2" s="2"/>
       <c r="CH2" s="2"/>
       <c r="CI2" s="2"/>
       <c r="CJ2" s="2"/>
       <c r="CK2" s="2"/>
       <c r="CL2" s="2"/>
       <c r="CM2" s="2"/>
       <c r="CN2" s="2"/>
       <c r="CO2" s="2"/>
       <c r="CP2" s="2"/>
       <c r="CQ2" s="2"/>
       <c r="CR2" s="2"/>
-      <c r="CS2" s="2"/>
-[...37 lines deleted...]
-      <c r="EE2" s="2"/>
     </row>
-    <row r="3" spans="1:135">
+    <row r="3" spans="1:96">
       <c r="A3" s="3" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1641,1314 +1338,924 @@
       <c r="BT3" s="3"/>
       <c r="BU3" s="3"/>
       <c r="BV3" s="3"/>
       <c r="BW3" s="3"/>
       <c r="BX3" s="3"/>
       <c r="BY3" s="3"/>
       <c r="BZ3" s="3"/>
       <c r="CA3" s="3"/>
       <c r="CB3" s="3"/>
       <c r="CC3" s="3"/>
       <c r="CD3" s="3"/>
       <c r="CE3" s="3"/>
       <c r="CF3" s="3"/>
       <c r="CG3" s="3"/>
       <c r="CH3" s="3"/>
       <c r="CI3" s="3"/>
       <c r="CJ3" s="3"/>
       <c r="CK3" s="3"/>
       <c r="CL3" s="3"/>
       <c r="CM3" s="3"/>
       <c r="CN3" s="3"/>
       <c r="CO3" s="3"/>
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
-      <c r="CS3" s="3"/>
-[...37 lines deleted...]
-      <c r="EE3" s="3"/>
     </row>
-    <row r="4" spans="1:135">
+    <row r="4" spans="1:96">
       <c r="A4" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="B4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="C4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="D4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="E4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="G4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="H4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="I4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="J4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="K4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="L4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="M4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="N4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="O4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="P4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="Q4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="R4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="S4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="T4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="U4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="V4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="W4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="X4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="Y4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="Z4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AA4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AB4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AC4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AD4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AE4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AF4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AG4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AH4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AI4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AJ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AK4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AL4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AM4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AN4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AO4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AP4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AQ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AR4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AS4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AT4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AU4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AV4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AW4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AX4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AY4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="AZ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BA4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BB4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BC4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BD4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BE4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BF4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BG4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BH4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BI4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BJ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BK4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BL4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BM4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BN4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BO4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BP4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BQ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BR4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BS4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BT4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BU4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BV4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BW4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BX4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BY4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="BZ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CA4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CB4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CC4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CD4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CE4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CF4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CG4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CH4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CI4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CJ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CK4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CL4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CM4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CN4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CO4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CP4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CQ4" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="CR4" t="s">
-        <v>134</v>
-[...116 lines deleted...]
-        <v>134</v>
+        <v>95</v>
       </c>
     </row>
-    <row r="5" spans="1:135">
+    <row r="5" spans="1:96">
       <c r="A5" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="B5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="C5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="E5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="F5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="G5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="H5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="I5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="J5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="K5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="L5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="M5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="N5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="O5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="P5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="Q5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="R5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="S5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="T5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="U5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="V5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="W5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="X5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="Y5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="Z5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AA5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AB5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AC5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AD5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AE5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AF5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AG5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AH5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AI5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AJ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AK5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AL5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AM5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AN5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AO5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AP5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AQ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AR5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AS5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AT5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AU5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AV5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AW5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AX5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AY5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="AZ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BA5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BB5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BC5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BD5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BE5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BF5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BG5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BH5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BI5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BJ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BK5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BL5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BM5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BN5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BO5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BP5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BQ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BR5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BS5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BT5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BU5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BV5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BW5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BX5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BY5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="BZ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CA5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CB5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CC5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CD5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CE5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CF5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CG5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CH5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CI5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CJ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CK5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CL5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CM5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CN5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CO5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CP5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CQ5" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="CR5" t="s">
-        <v>136</v>
-[...116 lines deleted...]
-        <v>136</v>
+        <v>97</v>
       </c>
     </row>
-    <row r="6" spans="1:135">
+    <row r="6" spans="1:96">
       <c r="A6" t="s">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="B6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="C6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="D6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="E6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="F6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="G6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="H6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="I6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="J6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="K6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="L6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="M6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="N6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="O6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="P6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="Q6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="R6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="S6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="T6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="U6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="V6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="W6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="X6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="Y6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="Z6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AA6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AB6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AC6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AD6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AE6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AF6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AG6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AH6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AI6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AJ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AK6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AL6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AM6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AN6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AO6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AP6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AQ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AR6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AS6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AT6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AU6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AV6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AW6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AX6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AY6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="AZ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BA6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BB6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BC6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BD6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BE6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BF6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BG6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BH6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BI6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BJ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BK6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BL6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BM6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BN6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BO6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BP6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BQ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BR6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BS6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BT6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BU6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BV6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BW6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BX6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BY6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="BZ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CA6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CB6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CC6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CD6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CE6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CF6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CG6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CH6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CI6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CJ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CK6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CL6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CM6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CN6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CO6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CP6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CQ6" t="s">
-        <v>138</v>
+        <v>99</v>
       </c>
       <c r="CR6" t="s">
-        <v>138</v>
-[...116 lines deleted...]
-        <v>138</v>
+        <v>99</v>
       </c>
     </row>
-    <row r="7" spans="1:135">
+    <row r="7" spans="1:96">
       <c r="A7" s="3" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -3001,1314 +2308,924 @@
       <c r="BT7" s="3"/>
       <c r="BU7" s="3"/>
       <c r="BV7" s="3"/>
       <c r="BW7" s="3"/>
       <c r="BX7" s="3"/>
       <c r="BY7" s="3"/>
       <c r="BZ7" s="3"/>
       <c r="CA7" s="3"/>
       <c r="CB7" s="3"/>
       <c r="CC7" s="3"/>
       <c r="CD7" s="3"/>
       <c r="CE7" s="3"/>
       <c r="CF7" s="3"/>
       <c r="CG7" s="3"/>
       <c r="CH7" s="3"/>
       <c r="CI7" s="3"/>
       <c r="CJ7" s="3"/>
       <c r="CK7" s="3"/>
       <c r="CL7" s="3"/>
       <c r="CM7" s="3"/>
       <c r="CN7" s="3"/>
       <c r="CO7" s="3"/>
       <c r="CP7" s="3"/>
       <c r="CQ7" s="3"/>
       <c r="CR7" s="3"/>
-      <c r="CS7" s="3"/>
-[...37 lines deleted...]
-      <c r="EE7" s="3"/>
     </row>
-    <row r="8" spans="1:135">
+    <row r="8" spans="1:96">
       <c r="A8" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="B8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="C8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="D8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="E8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="F8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="G8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="H8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="I8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="J8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="K8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="L8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="M8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="N8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="O8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="P8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="Q8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="R8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="S8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="T8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="U8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="V8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="W8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="X8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="Y8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="Z8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AA8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AB8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AC8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AD8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AE8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AF8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AG8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AH8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AI8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AJ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AK8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AL8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AM8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AN8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AO8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AP8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AQ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AR8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AS8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AT8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AU8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AV8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AW8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AX8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AY8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AZ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BA8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BB8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BC8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BD8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BE8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BF8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BG8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BH8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BI8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BJ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BK8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BL8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BM8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BN8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BO8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BP8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BQ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BR8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BS8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BT8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BU8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BV8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BW8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BX8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BY8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BZ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CA8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CB8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CC8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CD8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CE8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CF8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CG8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CH8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CI8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CJ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CK8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CL8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CM8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CN8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CO8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CP8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CQ8" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CR8" t="s">
-        <v>140</v>
-[...116 lines deleted...]
-        <v>140</v>
+        <v>101</v>
       </c>
     </row>
-    <row r="9" spans="1:135">
+    <row r="9" spans="1:96">
       <c r="A9" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="B9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="C9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="D9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="E9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="F9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="G9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="H9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="I9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="J9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="K9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="L9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="M9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="N9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="O9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="P9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="Q9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="R9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="S9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="T9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="U9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="V9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="W9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="X9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="Y9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="Z9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AA9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AB9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AC9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AD9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AE9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AF9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AG9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AH9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AI9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AJ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AK9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AL9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AM9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AN9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AO9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AP9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AQ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AR9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AS9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AT9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AU9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AV9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AW9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AX9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AY9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="AZ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BA9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BB9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BC9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BD9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BE9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BF9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BG9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BH9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BI9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BJ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BK9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BL9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BM9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BN9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BO9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BP9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BQ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BR9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BS9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BT9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BU9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BV9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BW9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BX9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BY9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="BZ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CA9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CB9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CC9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CD9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CE9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CF9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CG9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CH9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CI9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CJ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CK9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CL9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CM9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CN9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CO9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CP9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CQ9" t="s">
-        <v>141</v>
+        <v>102</v>
       </c>
       <c r="CR9" t="s">
-        <v>141</v>
-[...116 lines deleted...]
-        <v>141</v>
+        <v>102</v>
       </c>
     </row>
-    <row r="10" spans="1:135">
+    <row r="10" spans="1:96">
       <c r="A10" t="s">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="B10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="C10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="E10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="F10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="G10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="I10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="J10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="K10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="L10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="M10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="N10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="O10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="P10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="Q10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="R10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="S10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="T10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="U10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="V10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="W10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="X10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="Y10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="Z10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AA10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AB10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AC10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AD10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AE10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AF10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AG10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AH10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AI10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AJ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AK10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AL10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AM10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AN10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AO10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AP10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AQ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AR10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AS10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AT10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AU10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AV10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AW10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AX10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AY10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="AZ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BA10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BB10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BC10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BD10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BE10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BF10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BG10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BH10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BI10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BJ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BK10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BL10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BM10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BN10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BO10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BP10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BQ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BR10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BS10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BT10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BU10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BV10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BW10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BX10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BY10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="BZ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CA10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CB10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CC10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CD10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CE10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CF10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CG10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CH10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CI10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CJ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CK10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CL10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CM10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CN10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CO10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CP10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CQ10" t="s">
-        <v>142</v>
+        <v>103</v>
       </c>
       <c r="CR10" t="s">
-        <v>142</v>
-[...116 lines deleted...]
-        <v>142</v>
+        <v>103</v>
       </c>
     </row>
-    <row r="11" spans="1:135">
+    <row r="11" spans="1:96">
       <c r="A11" s="3" t="s">
-        <v>143</v>
+        <v>104</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -4361,1751 +3278,1634 @@
       <c r="BT11" s="3"/>
       <c r="BU11" s="3"/>
       <c r="BV11" s="3"/>
       <c r="BW11" s="3"/>
       <c r="BX11" s="3"/>
       <c r="BY11" s="3"/>
       <c r="BZ11" s="3"/>
       <c r="CA11" s="3"/>
       <c r="CB11" s="3"/>
       <c r="CC11" s="3"/>
       <c r="CD11" s="3"/>
       <c r="CE11" s="3"/>
       <c r="CF11" s="3"/>
       <c r="CG11" s="3"/>
       <c r="CH11" s="3"/>
       <c r="CI11" s="3"/>
       <c r="CJ11" s="3"/>
       <c r="CK11" s="3"/>
       <c r="CL11" s="3"/>
       <c r="CM11" s="3"/>
       <c r="CN11" s="3"/>
       <c r="CO11" s="3"/>
       <c r="CP11" s="3"/>
       <c r="CQ11" s="3"/>
       <c r="CR11" s="3"/>
-      <c r="CS11" s="3"/>
-[...37 lines deleted...]
-      <c r="EE11" s="3"/>
     </row>
-    <row r="12" spans="1:135">
+    <row r="12" spans="1:96">
       <c r="A12" t="s">
-        <v>133</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="E12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="F12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="G12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="H12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="I12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="J12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="L12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="O12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="Q12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="R12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="S12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="T12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="U12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="V12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="W12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="X12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="Y12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="Z12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AA12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AB12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AC12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AD12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AE12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AF12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AG12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AH12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AI12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AJ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AK12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AL12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AM12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AN12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AO12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AP12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AQ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AR12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AS12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AT12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AU12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AV12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AW12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AX12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AY12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="AZ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BA12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BB12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BC12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BD12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BE12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BF12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BG12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BH12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BI12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BJ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BK12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BL12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BM12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BN12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BO12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BP12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BQ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BR12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BS12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BT12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BU12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BV12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BW12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BX12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BY12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="BZ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CA12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CB12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CC12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CD12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CE12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CF12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CG12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CH12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CI12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CJ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CK12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CL12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CM12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CN12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CO12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CP12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CQ12" t="s">
-        <v>144</v>
+        <v>105</v>
       </c>
       <c r="CR12" t="s">
-        <v>144</v>
-[...116 lines deleted...]
-        <v>144</v>
+        <v>105</v>
       </c>
     </row>
-    <row r="13" spans="1:135">
+    <row r="13" spans="1:96">
       <c r="A13" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="D13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="E13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="F13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="G13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="H13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="I13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="J13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="K13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="L13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="N13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="O13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="Q13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="R13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="S13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="T13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="U13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="V13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="W13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="X13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="Y13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="Z13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AA13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AB13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AC13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AD13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AE13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AF13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AG13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AH13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AI13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AJ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AK13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AL13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AM13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AN13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AO13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AP13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AQ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AR13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AS13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AT13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AU13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AV13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AW13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AX13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AY13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="AZ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BA13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BB13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BC13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BD13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BE13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BF13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BG13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BH13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BI13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BJ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BK13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BL13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BM13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BN13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BO13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BP13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BQ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BR13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BS13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BT13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BU13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BV13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BW13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BX13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BY13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="BZ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CA13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CB13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CC13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CD13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CE13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CF13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CG13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CH13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CI13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CJ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CK13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CL13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CM13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CN13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CO13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CP13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CQ13" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="CR13" t="s">
-        <v>140</v>
-[...116 lines deleted...]
-        <v>140</v>
+        <v>101</v>
       </c>
     </row>
-    <row r="14" spans="1:135">
+    <row r="14" spans="1:96">
       <c r="A14" t="s">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="D14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="F14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="G14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="H14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="I14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="J14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="K14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="L14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="O14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="Q14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="R14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="S14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="T14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="U14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="V14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="W14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="X14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="Y14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="Z14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AA14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AB14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AC14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AD14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AE14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AF14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AG14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AH14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AI14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AJ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AK14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AL14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AM14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AN14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AO14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AP14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AQ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AR14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AS14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AT14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AU14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AV14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AW14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AX14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AY14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="AZ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BA14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BB14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BC14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BD14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BE14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BF14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BG14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BH14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BI14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BJ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BK14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BL14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BM14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BN14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BO14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BP14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BQ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BR14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BS14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BT14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BU14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BV14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BW14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BX14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BY14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="BZ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CA14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CB14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CC14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CD14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CE14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CF14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CG14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CH14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CI14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CJ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CK14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CL14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CM14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CN14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CO14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CP14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CQ14" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="CR14" t="s">
-        <v>145</v>
-[...116 lines deleted...]
-        <v>145</v>
+        <v>106</v>
       </c>
     </row>
-    <row r="15" spans="1:135">
-[...134 lines deleted...]
-      <c r="EE15" s="4"/>
+    <row r="15" spans="1:96">
+      <c r="A15" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3"/>
+      <c r="J15" s="3"/>
+      <c r="K15" s="3"/>
+      <c r="L15" s="3"/>
+      <c r="M15" s="3"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3"/>
+      <c r="P15" s="3"/>
+      <c r="Q15" s="3"/>
+      <c r="R15" s="3"/>
+      <c r="S15" s="3"/>
+      <c r="T15" s="3"/>
+      <c r="U15" s="3"/>
+      <c r="V15" s="3"/>
+      <c r="W15" s="3"/>
+      <c r="X15" s="3"/>
+      <c r="Y15" s="3"/>
+      <c r="Z15" s="3"/>
+      <c r="AA15" s="3"/>
+      <c r="AB15" s="3"/>
+      <c r="AC15" s="3"/>
+      <c r="AD15" s="3"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="3"/>
+      <c r="AK15" s="3"/>
+      <c r="AL15" s="3"/>
+      <c r="AM15" s="3"/>
+      <c r="AN15" s="3"/>
+      <c r="AO15" s="3"/>
+      <c r="AP15" s="3"/>
+      <c r="AQ15" s="3"/>
+      <c r="AR15" s="3"/>
+      <c r="AS15" s="3"/>
+      <c r="AT15" s="3"/>
+      <c r="AU15" s="3"/>
+      <c r="AV15" s="3"/>
+      <c r="AW15" s="3"/>
+      <c r="AX15" s="3"/>
+      <c r="AY15" s="3"/>
+      <c r="AZ15" s="3"/>
+      <c r="BA15" s="3"/>
+      <c r="BB15" s="3"/>
+      <c r="BC15" s="3"/>
+      <c r="BD15" s="3"/>
+      <c r="BE15" s="3"/>
+      <c r="BF15" s="3"/>
+      <c r="BG15" s="3"/>
+      <c r="BH15" s="3"/>
+      <c r="BI15" s="3"/>
+      <c r="BJ15" s="3"/>
+      <c r="BK15" s="3"/>
+      <c r="BL15" s="3"/>
+      <c r="BM15" s="3"/>
+      <c r="BN15" s="3"/>
+      <c r="BO15" s="3"/>
+      <c r="BP15" s="3"/>
+      <c r="BQ15" s="3"/>
+      <c r="BR15" s="3"/>
+      <c r="BS15" s="3"/>
+      <c r="BT15" s="3"/>
+      <c r="BU15" s="3"/>
+      <c r="BV15" s="3"/>
+      <c r="BW15" s="3"/>
+      <c r="BX15" s="3"/>
+      <c r="BY15" s="3"/>
+      <c r="BZ15" s="3"/>
+      <c r="CA15" s="3"/>
+      <c r="CB15" s="3"/>
+      <c r="CC15" s="3"/>
+      <c r="CD15" s="3"/>
+      <c r="CE15" s="3"/>
+      <c r="CF15" s="3"/>
+      <c r="CG15" s="3"/>
+      <c r="CH15" s="3"/>
+      <c r="CI15" s="3"/>
+      <c r="CJ15" s="3"/>
+      <c r="CK15" s="3"/>
+      <c r="CL15" s="3"/>
+      <c r="CM15" s="3"/>
+      <c r="CN15" s="3"/>
+      <c r="CO15" s="3"/>
+      <c r="CP15" s="3"/>
+      <c r="CQ15" s="3"/>
+      <c r="CR15" s="3"/>
     </row>
-    <row r="16" spans="1:135">
-[...136 lines deleted...]
-      <c r="EE16" s="2"/>
+    <row r="16" spans="1:96">
+      <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>108</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>108</v>
+      </c>
+      <c r="H16" t="s">
+        <v>108</v>
+      </c>
+      <c r="I16" t="s">
+        <v>108</v>
+      </c>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>108</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>108</v>
+      </c>
+      <c r="N16" t="s">
+        <v>108</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>108</v>
+      </c>
+      <c r="R16" t="s">
+        <v>108</v>
+      </c>
+      <c r="S16" t="s">
+        <v>108</v>
+      </c>
+      <c r="T16" t="s">
+        <v>108</v>
+      </c>
+      <c r="U16" t="s">
+        <v>108</v>
+      </c>
+      <c r="V16" t="s">
+        <v>108</v>
+      </c>
+      <c r="W16" t="s">
+        <v>108</v>
+      </c>
+      <c r="X16" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AI16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AJ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AK16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AL16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AM16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AO16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AP16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AQ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AS16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AT16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AU16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AV16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AW16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AX16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY16" t="s">
+        <v>108</v>
+      </c>
+      <c r="AZ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BA16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BC16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BD16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BE16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BG16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BH16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BI16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BJ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BK16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BL16" t="s">
+        <v>109</v>
+      </c>
+      <c r="BM16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BN16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BO16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BP16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BQ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BR16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BS16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BT16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BU16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BV16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BW16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BX16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BY16" t="s">
+        <v>108</v>
+      </c>
+      <c r="BZ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CA16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CB16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CC16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CD16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CE16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CF16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CG16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CH16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CI16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CJ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CK16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CL16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CM16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CN16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CO16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CP16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CQ16" t="s">
+        <v>108</v>
+      </c>
+      <c r="CR16" t="s">
+        <v>108</v>
+      </c>
     </row>
-    <row r="17" spans="1:135">
-[...5 lines deleted...]
-      </c>
+    <row r="17" spans="1:96">
+      <c r="A17" s="4"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="4"/>
+      <c r="N17" s="4"/>
+      <c r="O17" s="4"/>
+      <c r="P17" s="4"/>
+      <c r="Q17" s="4"/>
+      <c r="R17" s="4"/>
+      <c r="S17" s="4"/>
+      <c r="T17" s="4"/>
+      <c r="U17" s="4"/>
+      <c r="V17" s="4"/>
+      <c r="W17" s="4"/>
+      <c r="X17" s="4"/>
+      <c r="Y17" s="4"/>
+      <c r="Z17" s="4"/>
+      <c r="AA17" s="4"/>
+      <c r="AB17" s="4"/>
+      <c r="AC17" s="4"/>
+      <c r="AD17" s="4"/>
+      <c r="AE17" s="4"/>
+      <c r="AF17" s="4"/>
+      <c r="AG17" s="4"/>
+      <c r="AH17" s="4"/>
+      <c r="AI17" s="4"/>
+      <c r="AJ17" s="4"/>
+      <c r="AK17" s="4"/>
+      <c r="AL17" s="4"/>
+      <c r="AM17" s="4"/>
+      <c r="AN17" s="4"/>
+      <c r="AO17" s="4"/>
+      <c r="AP17" s="4"/>
+      <c r="AQ17" s="4"/>
+      <c r="AR17" s="4"/>
+      <c r="AS17" s="4"/>
+      <c r="AT17" s="4"/>
+      <c r="AU17" s="4"/>
+      <c r="AV17" s="4"/>
+      <c r="AW17" s="4"/>
+      <c r="AX17" s="4"/>
+      <c r="AY17" s="4"/>
+      <c r="AZ17" s="4"/>
+      <c r="BA17" s="4"/>
+      <c r="BB17" s="4"/>
+      <c r="BC17" s="4"/>
+      <c r="BD17" s="4"/>
+      <c r="BE17" s="4"/>
+      <c r="BF17" s="4"/>
+      <c r="BG17" s="4"/>
+      <c r="BH17" s="4"/>
+      <c r="BI17" s="4"/>
+      <c r="BJ17" s="4"/>
+      <c r="BK17" s="4"/>
+      <c r="BL17" s="4"/>
+      <c r="BM17" s="4"/>
+      <c r="BN17" s="4"/>
+      <c r="BO17" s="4"/>
+      <c r="BP17" s="4"/>
+      <c r="BQ17" s="4"/>
+      <c r="BR17" s="4"/>
+      <c r="BS17" s="4"/>
+      <c r="BT17" s="4"/>
+      <c r="BU17" s="4"/>
+      <c r="BV17" s="4"/>
+      <c r="BW17" s="4"/>
+      <c r="BX17" s="4"/>
+      <c r="BY17" s="4"/>
+      <c r="BZ17" s="4"/>
+      <c r="CA17" s="4"/>
+      <c r="CB17" s="4"/>
+      <c r="CC17" s="4"/>
+      <c r="CD17" s="4"/>
+      <c r="CE17" s="4"/>
+      <c r="CF17" s="4"/>
+      <c r="CG17" s="4"/>
+      <c r="CH17" s="4"/>
+      <c r="CI17" s="4"/>
+      <c r="CJ17" s="4"/>
+      <c r="CK17" s="4"/>
+      <c r="CL17" s="4"/>
+      <c r="CM17" s="4"/>
+      <c r="CN17" s="4"/>
+      <c r="CO17" s="4"/>
+      <c r="CP17" s="4"/>
+      <c r="CQ17" s="4"/>
+      <c r="CR17" s="4"/>
     </row>
-    <row r="18" spans="1:135">
-[...5 lines deleted...]
-      </c>
+    <row r="18" spans="1:96">
+      <c r="A18" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+      <c r="L18" s="2"/>
+      <c r="M18" s="2"/>
+      <c r="N18" s="2"/>
+      <c r="O18" s="2"/>
+      <c r="P18" s="2"/>
+      <c r="Q18" s="2"/>
+      <c r="R18" s="2"/>
+      <c r="S18" s="2"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="V18" s="2"/>
+      <c r="W18" s="2"/>
+      <c r="X18" s="2"/>
+      <c r="Y18" s="2"/>
+      <c r="Z18" s="2"/>
+      <c r="AA18" s="2"/>
+      <c r="AB18" s="2"/>
+      <c r="AC18" s="2"/>
+      <c r="AD18" s="2"/>
+      <c r="AE18" s="2"/>
+      <c r="AF18" s="2"/>
+      <c r="AG18" s="2"/>
+      <c r="AH18" s="2"/>
+      <c r="AI18" s="2"/>
+      <c r="AJ18" s="2"/>
+      <c r="AK18" s="2"/>
+      <c r="AL18" s="2"/>
+      <c r="AM18" s="2"/>
+      <c r="AN18" s="2"/>
+      <c r="AO18" s="2"/>
+      <c r="AP18" s="2"/>
+      <c r="AQ18" s="2"/>
+      <c r="AR18" s="2"/>
+      <c r="AS18" s="2"/>
+      <c r="AT18" s="2"/>
+      <c r="AU18" s="2"/>
+      <c r="AV18" s="2"/>
+      <c r="AW18" s="2"/>
+      <c r="AX18" s="2"/>
+      <c r="AY18" s="2"/>
+      <c r="AZ18" s="2"/>
+      <c r="BA18" s="2"/>
+      <c r="BB18" s="2"/>
+      <c r="BC18" s="2"/>
+      <c r="BD18" s="2"/>
+      <c r="BE18" s="2"/>
+      <c r="BF18" s="2"/>
+      <c r="BG18" s="2"/>
+      <c r="BH18" s="2"/>
+      <c r="BI18" s="2"/>
+      <c r="BJ18" s="2"/>
+      <c r="BK18" s="2"/>
+      <c r="BL18" s="2"/>
+      <c r="BM18" s="2"/>
+      <c r="BN18" s="2"/>
+      <c r="BO18" s="2"/>
+      <c r="BP18" s="2"/>
+      <c r="BQ18" s="2"/>
+      <c r="BR18" s="2"/>
+      <c r="BS18" s="2"/>
+      <c r="BT18" s="2"/>
+      <c r="BU18" s="2"/>
+      <c r="BV18" s="2"/>
+      <c r="BW18" s="2"/>
+      <c r="BX18" s="2"/>
+      <c r="BY18" s="2"/>
+      <c r="BZ18" s="2"/>
+      <c r="CA18" s="2"/>
+      <c r="CB18" s="2"/>
+      <c r="CC18" s="2"/>
+      <c r="CD18" s="2"/>
+      <c r="CE18" s="2"/>
+      <c r="CF18" s="2"/>
+      <c r="CG18" s="2"/>
+      <c r="CH18" s="2"/>
+      <c r="CI18" s="2"/>
+      <c r="CJ18" s="2"/>
+      <c r="CK18" s="2"/>
+      <c r="CL18" s="2"/>
+      <c r="CM18" s="2"/>
+      <c r="CN18" s="2"/>
+      <c r="CO18" s="2"/>
+      <c r="CP18" s="2"/>
+      <c r="CQ18" s="2"/>
+      <c r="CR18" s="2"/>
     </row>
-    <row r="20" spans="1:135">
-[...136 lines deleted...]
-      <c r="EE20" s="1"/>
+    <row r="19" spans="1:96">
+      <c r="A19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" t="s">
+        <v>112</v>
+      </c>
     </row>
-    <row r="21" spans="1:135">
-[...1 lines deleted...]
-        <v>151</v>
+    <row r="20" spans="1:96">
+      <c r="A20" t="s">
+        <v>113</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="22" spans="1:96">
+      <c r="A22" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+      <c r="G22" s="1"/>
+      <c r="H22" s="1"/>
+      <c r="I22" s="1"/>
+      <c r="J22" s="1"/>
+      <c r="K22" s="1"/>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="1"/>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+      <c r="X22" s="1"/>
+      <c r="Y22" s="1"/>
+      <c r="Z22" s="1"/>
+      <c r="AA22" s="1"/>
+      <c r="AB22" s="1"/>
+      <c r="AC22" s="1"/>
+      <c r="AD22" s="1"/>
+      <c r="AE22" s="1"/>
+      <c r="AF22" s="1"/>
+      <c r="AG22" s="1"/>
+      <c r="AH22" s="1"/>
+      <c r="AI22" s="1"/>
+      <c r="AJ22" s="1"/>
+      <c r="AK22" s="1"/>
+      <c r="AL22" s="1"/>
+      <c r="AM22" s="1"/>
+      <c r="AN22" s="1"/>
+      <c r="AO22" s="1"/>
+      <c r="AP22" s="1"/>
+      <c r="AQ22" s="1"/>
+      <c r="AR22" s="1"/>
+      <c r="AS22" s="1"/>
+      <c r="AT22" s="1"/>
+      <c r="AU22" s="1"/>
+      <c r="AV22" s="1"/>
+      <c r="AW22" s="1"/>
+      <c r="AX22" s="1"/>
+      <c r="AY22" s="1"/>
+      <c r="AZ22" s="1"/>
+      <c r="BA22" s="1"/>
+      <c r="BB22" s="1"/>
+      <c r="BC22" s="1"/>
+      <c r="BD22" s="1"/>
+      <c r="BE22" s="1"/>
+      <c r="BF22" s="1"/>
+      <c r="BG22" s="1"/>
+      <c r="BH22" s="1"/>
+      <c r="BI22" s="1"/>
+      <c r="BJ22" s="1"/>
+      <c r="BK22" s="1"/>
+      <c r="BL22" s="1"/>
+      <c r="BM22" s="1"/>
+      <c r="BN22" s="1"/>
+      <c r="BO22" s="1"/>
+      <c r="BP22" s="1"/>
+      <c r="BQ22" s="1"/>
+      <c r="BR22" s="1"/>
+      <c r="BS22" s="1"/>
+      <c r="BT22" s="1"/>
+      <c r="BU22" s="1"/>
+      <c r="BV22" s="1"/>
+      <c r="BW22" s="1"/>
+      <c r="BX22" s="1"/>
+      <c r="BY22" s="1"/>
+      <c r="BZ22" s="1"/>
+      <c r="CA22" s="1"/>
+      <c r="CB22" s="1"/>
+      <c r="CC22" s="1"/>
+      <c r="CD22" s="1"/>
+      <c r="CE22" s="1"/>
+      <c r="CF22" s="1"/>
+      <c r="CG22" s="1"/>
+      <c r="CH22" s="1"/>
+      <c r="CI22" s="1"/>
+      <c r="CJ22" s="1"/>
+      <c r="CK22" s="1"/>
+      <c r="CL22" s="1"/>
+      <c r="CM22" s="1"/>
+      <c r="CN22" s="1"/>
+      <c r="CO22" s="1"/>
+      <c r="CP22" s="1"/>
+      <c r="CQ22" s="1"/>
+      <c r="CR22" s="1"/>
+    </row>
+    <row r="23" spans="1:96">
+      <c r="A23" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A21:EE21"/>
+    <mergeCell ref="A23:CR23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>