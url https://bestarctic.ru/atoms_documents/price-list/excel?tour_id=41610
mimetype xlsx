--- v2 (2025-12-30)
+++ v3 (2026-02-13)
@@ -12,156 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41610-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
-[...104 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>13.02.2026</t>
   </si>
   <si>
     <t>14.02.2026</t>
   </si>
   <si>
     <t>15.02.2026</t>
   </si>
   <si>
     <t>16.02.2026</t>
   </si>
   <si>
     <t>17.02.2026</t>
   </si>
   <si>
     <t>18.02.2026</t>
   </si>
   <si>
     <t>19.02.2026</t>
   </si>
   <si>
     <t>20.02.2026</t>
   </si>
   <si>
@@ -344,66 +239,120 @@
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>140000 RUB</t>
   </si>
   <si>
     <t>Гостевой дом «Gray house»</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>105000 RUB</t>
   </si>
   <si>
+    <t>Восход</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стандарт </t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп. ночь 2х-местный (Форест)</t>
   </si>
   <si>
     <t>10400 RUB</t>
   </si>
   <si>
     <t>доп ночи в категории "глазастик"</t>
   </si>
   <si>
+    <t>Доп.ночь 2х местный номер в корпусе "Голубое озеро"</t>
+  </si>
+  <si>
+    <t>7500 RUB</t>
+  </si>
+  <si>
+    <t>Крабовый пикник</t>
+  </si>
+  <si>
+    <t>2500 RUB</t>
+  </si>
+  <si>
+    <t>Страхование «Активный отдых»</t>
+  </si>
+  <si>
+    <t>1400 RUB</t>
+  </si>
+  <si>
+    <t>полис страхования "Активный отдых + отмена поездки", Альфастрахование</t>
+  </si>
+  <si>
+    <t>6400 RUB</t>
+  </si>
+  <si>
+    <t>Банный набор (Халат, тапочки, полотенце)</t>
+  </si>
+  <si>
+    <t>1500 RUB</t>
+  </si>
+  <si>
+    <t>Трансфер к горнолыжной базе туда-обратно-туда, цена за человека</t>
+  </si>
+  <si>
+    <t>2000 RUB</t>
+  </si>
+  <si>
+    <t>термальные источники Зеленовские озерки</t>
+  </si>
+  <si>
+    <t>9000 RUB</t>
+  </si>
+  <si>
+    <t>Замена сборного трансфера из (в) аэропорт на индивидуальный, цена за авто</t>
+  </si>
+  <si>
+    <t>3000 RUB</t>
+  </si>
+  <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 30.12.2025 14:56, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 14.02.2026 04:58, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,59 +694,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CR23"/>
+  <dimension ref="A1:BF36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A22" sqref="A22:CR22"/>
+      <selection activeCell="A35" sqref="A35:BF35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70.697021" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -811,381 +760,229 @@
     <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...36 lines deleted...]
-    <col min="96" max="96" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:96">
+    <row r="1" spans="1:58">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N1" s="1" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="O1" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="P1" s="1" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="Q1" s="1" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="R1" s="1" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="S1" s="1" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="W1" s="1" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="X1" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="Y1" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="Z1" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="AA1" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AB1" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="AC1" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="AD1" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AE1" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="AF1" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="AG1" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="AH1" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="AI1" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="AJ1" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="AK1" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="AL1" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="AM1" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="AN1" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="AO1" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="AP1" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="AQ1" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="AR1" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AS1" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="AT1" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="AU1" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="AV1" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="AW1" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="AX1" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AY1" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="AZ1" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="BA1" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="BB1" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="BC1" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="BD1" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="BE1" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="BF1" s="1" t="s">
-        <v>53</v>
-[...7 lines deleted...]
-      <c r="BI1" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="BJ1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:58">
+      <c r="A2" s="2" t="s">
         <v>57</v>
-      </c>
-[...105 lines deleted...]
-        <v>92</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1200,92 +997,54 @@
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
       <c r="AN2" s="2"/>
       <c r="AO2" s="2"/>
       <c r="AP2" s="2"/>
       <c r="AQ2" s="2"/>
       <c r="AR2" s="2"/>
       <c r="AS2" s="2"/>
       <c r="AT2" s="2"/>
       <c r="AU2" s="2"/>
       <c r="AV2" s="2"/>
       <c r="AW2" s="2"/>
       <c r="AX2" s="2"/>
       <c r="AY2" s="2"/>
       <c r="AZ2" s="2"/>
       <c r="BA2" s="2"/>
       <c r="BB2" s="2"/>
       <c r="BC2" s="2"/>
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
-      <c r="BG2" s="2"/>
-[...36 lines deleted...]
-      <c r="CR2" s="2"/>
     </row>
-    <row r="3" spans="1:96">
+    <row r="3" spans="1:58">
       <c r="A3" s="3" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1300,962 +1059,582 @@
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
       <c r="AO3" s="3"/>
       <c r="AP3" s="3"/>
       <c r="AQ3" s="3"/>
       <c r="AR3" s="3"/>
       <c r="AS3" s="3"/>
       <c r="AT3" s="3"/>
       <c r="AU3" s="3"/>
       <c r="AV3" s="3"/>
       <c r="AW3" s="3"/>
       <c r="AX3" s="3"/>
       <c r="AY3" s="3"/>
       <c r="AZ3" s="3"/>
       <c r="BA3" s="3"/>
       <c r="BB3" s="3"/>
       <c r="BC3" s="3"/>
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
-      <c r="BG3" s="3"/>
-[...36 lines deleted...]
-      <c r="CR3" s="3"/>
     </row>
-    <row r="4" spans="1:96">
+    <row r="4" spans="1:58">
       <c r="A4" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="D4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="E4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="F4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="G4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="H4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="I4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="J4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="K4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="L4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="M4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="N4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="O4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="P4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="Q4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="R4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="S4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="T4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="U4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="V4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="W4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="X4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="Y4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="Z4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AA4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AB4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AC4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AD4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AE4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AF4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AG4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AH4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AI4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AJ4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AK4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AL4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AM4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AN4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AO4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AP4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AQ4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AR4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AS4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AT4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AU4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AV4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AW4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AX4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AY4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="AZ4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="BA4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="BB4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="BC4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="BD4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="BE4" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="BF4" t="s">
-        <v>95</v>
-[...113 lines deleted...]
-        <v>95</v>
+        <v>60</v>
       </c>
     </row>
-    <row r="5" spans="1:96">
+    <row r="5" spans="1:58">
       <c r="A5" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="B5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="C5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="E5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="F5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="G5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="I5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="J5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="K5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="L5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="M5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="N5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="O5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="P5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="R5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="S5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="T5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="U5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="V5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="W5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="X5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="Y5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="Z5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AA5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AB5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AC5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AD5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AE5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AF5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AG5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AH5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AI5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AJ5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AK5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AL5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AM5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AN5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AO5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AP5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AQ5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AR5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AS5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AT5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AU5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AV5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AW5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AX5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AY5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="AZ5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="BA5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="BB5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="BC5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="BD5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="BE5" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="BF5" t="s">
-        <v>97</v>
-[...113 lines deleted...]
-        <v>97</v>
+        <v>62</v>
       </c>
     </row>
-    <row r="6" spans="1:96">
+    <row r="6" spans="1:58">
       <c r="A6" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="D6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="G6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="I6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="J6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="O6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="Q6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="R6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="S6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="T6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="U6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="V6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="W6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="X6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="Y6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="Z6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AA6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AB6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AC6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AD6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AE6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AF6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AG6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AH6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AI6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AJ6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AK6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AL6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AM6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AN6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AO6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AP6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AQ6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AR6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AS6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AT6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AU6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AV6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AW6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AX6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AY6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="AZ6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="BA6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="BB6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="BC6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="BD6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="BE6" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="BF6" t="s">
-        <v>99</v>
-[...113 lines deleted...]
-        <v>99</v>
+        <v>64</v>
       </c>
     </row>
-    <row r="7" spans="1:96">
+    <row r="7" spans="1:58">
       <c r="A7" s="3" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -2270,962 +1649,582 @@
       <c r="AH7" s="3"/>
       <c r="AI7" s="3"/>
       <c r="AJ7" s="3"/>
       <c r="AK7" s="3"/>
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
       <c r="AN7" s="3"/>
       <c r="AO7" s="3"/>
       <c r="AP7" s="3"/>
       <c r="AQ7" s="3"/>
       <c r="AR7" s="3"/>
       <c r="AS7" s="3"/>
       <c r="AT7" s="3"/>
       <c r="AU7" s="3"/>
       <c r="AV7" s="3"/>
       <c r="AW7" s="3"/>
       <c r="AX7" s="3"/>
       <c r="AY7" s="3"/>
       <c r="AZ7" s="3"/>
       <c r="BA7" s="3"/>
       <c r="BB7" s="3"/>
       <c r="BC7" s="3"/>
       <c r="BD7" s="3"/>
       <c r="BE7" s="3"/>
       <c r="BF7" s="3"/>
-      <c r="BG7" s="3"/>
-[...36 lines deleted...]
-      <c r="CR7" s="3"/>
     </row>
-    <row r="8" spans="1:96">
+    <row r="8" spans="1:58">
       <c r="A8" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="D8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="H8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="I8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="J8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="L8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="N8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="O8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="Q8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="R8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="S8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="T8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="U8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="V8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="W8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="X8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="Y8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="Z8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AA8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AB8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AC8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AD8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AE8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AF8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AG8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AH8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AI8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AJ8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AK8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AL8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AM8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AN8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AO8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AP8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AQ8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AR8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AS8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AT8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AU8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AV8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AW8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AX8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AY8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AZ8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BA8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BB8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BC8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BD8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BE8" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BF8" t="s">
-        <v>101</v>
-[...113 lines deleted...]
-        <v>101</v>
+        <v>66</v>
       </c>
     </row>
-    <row r="9" spans="1:96">
+    <row r="9" spans="1:58">
       <c r="A9" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="D9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="G9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="H9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="I9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="J9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="L9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="N9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="O9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="P9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="Q9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="R9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="S9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="T9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="U9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="V9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="W9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="X9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="Y9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="Z9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AA9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AB9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AC9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AD9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AE9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AF9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AG9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AH9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AI9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AJ9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AK9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AL9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AM9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AN9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AO9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AP9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AQ9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AR9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AS9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AT9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AU9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AV9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AW9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AX9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AY9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="AZ9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="BA9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="BB9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="BC9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="BD9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="BE9" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="BF9" t="s">
-        <v>102</v>
-[...113 lines deleted...]
-        <v>102</v>
+        <v>67</v>
       </c>
     </row>
-    <row r="10" spans="1:96">
+    <row r="10" spans="1:58">
       <c r="A10" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="B10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="D10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="E10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="G10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="H10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="I10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="J10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="K10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="L10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="M10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="N10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="O10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="P10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="Q10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="R10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="S10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="T10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="U10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="V10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="W10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="X10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="Y10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="Z10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AA10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AB10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AC10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AD10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AE10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AF10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AG10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AH10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AI10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AJ10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AK10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AL10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AM10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AN10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AO10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AP10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AQ10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AR10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AS10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AT10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AU10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AV10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AW10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AX10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AY10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="AZ10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="BA10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="BB10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="BC10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="BD10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="BE10" t="s">
-        <v>103</v>
+        <v>68</v>
       </c>
       <c r="BF10" t="s">
-        <v>103</v>
-[...113 lines deleted...]
-        <v>103</v>
+        <v>68</v>
       </c>
     </row>
-    <row r="11" spans="1:96">
+    <row r="11" spans="1:58">
       <c r="A11" s="3" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -3240,962 +2239,582 @@
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AL11" s="3"/>
       <c r="AM11" s="3"/>
       <c r="AN11" s="3"/>
       <c r="AO11" s="3"/>
       <c r="AP11" s="3"/>
       <c r="AQ11" s="3"/>
       <c r="AR11" s="3"/>
       <c r="AS11" s="3"/>
       <c r="AT11" s="3"/>
       <c r="AU11" s="3"/>
       <c r="AV11" s="3"/>
       <c r="AW11" s="3"/>
       <c r="AX11" s="3"/>
       <c r="AY11" s="3"/>
       <c r="AZ11" s="3"/>
       <c r="BA11" s="3"/>
       <c r="BB11" s="3"/>
       <c r="BC11" s="3"/>
       <c r="BD11" s="3"/>
       <c r="BE11" s="3"/>
       <c r="BF11" s="3"/>
-      <c r="BG11" s="3"/>
-[...36 lines deleted...]
-      <c r="CR11" s="3"/>
     </row>
-    <row r="12" spans="1:96">
+    <row r="12" spans="1:58">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="G12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="H12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="I12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="K12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="N12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="P12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="Q12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="R12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="S12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="T12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="U12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="V12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="W12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="X12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="Y12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="Z12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AA12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AB12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AC12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AD12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AE12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AF12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AG12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AH12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AI12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AJ12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AK12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AL12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AM12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AN12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AO12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AP12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AQ12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AR12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AS12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AT12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AU12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AV12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AW12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AX12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AY12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="AZ12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="BA12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="BB12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="BC12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="BD12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="BE12" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="BF12" t="s">
-        <v>105</v>
-[...113 lines deleted...]
-        <v>105</v>
+        <v>70</v>
       </c>
     </row>
-    <row r="13" spans="1:96">
+    <row r="13" spans="1:58">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="E13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="F13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="H13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="I13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="J13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="K13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="L13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="M13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="N13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="P13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="Q13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="R13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="S13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="T13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="U13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="V13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="W13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="X13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="Y13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="Z13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AA13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AB13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AC13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AD13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AE13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AF13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AG13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AH13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AI13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AJ13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AK13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AL13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AM13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AN13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AO13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AP13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AQ13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AR13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AS13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AT13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AU13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AV13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AW13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AX13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AY13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="AZ13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BA13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BB13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BC13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BD13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BE13" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="BF13" t="s">
-        <v>101</v>
-[...113 lines deleted...]
-        <v>101</v>
+        <v>66</v>
       </c>
     </row>
-    <row r="14" spans="1:96">
+    <row r="14" spans="1:58">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="C14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="D14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="F14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="G14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="H14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="I14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="K14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="L14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="N14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="Q14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="R14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="S14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="T14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="U14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="V14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="W14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="X14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="Y14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="Z14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AA14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AB14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AC14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AD14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AE14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AF14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AG14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AH14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AI14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AJ14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AK14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AL14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AM14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AN14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AO14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AP14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AQ14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AR14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AS14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AT14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AU14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AV14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AW14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AX14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AY14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AZ14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="BA14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="BB14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="BC14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="BD14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="BE14" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="BF14" t="s">
-        <v>106</v>
-[...113 lines deleted...]
-        <v>106</v>
+        <v>71</v>
       </c>
     </row>
-    <row r="15" spans="1:96">
+    <row r="15" spans="1:58">
       <c r="A15" s="3" t="s">
-        <v>107</v>
+        <v>72</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -4210,380 +2829,228 @@
       <c r="AH15" s="3"/>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="3"/>
       <c r="AK15" s="3"/>
       <c r="AL15" s="3"/>
       <c r="AM15" s="3"/>
       <c r="AN15" s="3"/>
       <c r="AO15" s="3"/>
       <c r="AP15" s="3"/>
       <c r="AQ15" s="3"/>
       <c r="AR15" s="3"/>
       <c r="AS15" s="3"/>
       <c r="AT15" s="3"/>
       <c r="AU15" s="3"/>
       <c r="AV15" s="3"/>
       <c r="AW15" s="3"/>
       <c r="AX15" s="3"/>
       <c r="AY15" s="3"/>
       <c r="AZ15" s="3"/>
       <c r="BA15" s="3"/>
       <c r="BB15" s="3"/>
       <c r="BC15" s="3"/>
       <c r="BD15" s="3"/>
       <c r="BE15" s="3"/>
       <c r="BF15" s="3"/>
-      <c r="BG15" s="3"/>
-[...36 lines deleted...]
-      <c r="CR15" s="3"/>
     </row>
-    <row r="16" spans="1:96">
+    <row r="16" spans="1:58">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="G16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="H16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="I16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="J16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="K16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="L16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="M16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="N16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="O16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="P16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="Q16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="R16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="S16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="T16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="U16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="V16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="W16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="X16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="Y16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="Z16" t="s">
-        <v>108</v>
+        <v>74</v>
       </c>
       <c r="AA16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AB16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AC16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AD16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AE16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AF16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AG16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AH16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AI16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AJ16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AK16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AL16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AM16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AN16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AO16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AP16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AQ16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AR16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AS16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AT16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AU16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AV16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AW16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AX16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AY16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="AZ16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="BA16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="BB16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="BC16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="BD16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="BE16" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="BF16" t="s">
-        <v>108</v>
-[...113 lines deleted...]
-        <v>108</v>
+        <v>73</v>
       </c>
     </row>
-    <row r="17" spans="1:96">
+    <row r="17" spans="1:58">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="4"/>
       <c r="K17" s="4"/>
       <c r="L17" s="4"/>
       <c r="M17" s="4"/>
       <c r="N17" s="4"/>
       <c r="O17" s="4"/>
       <c r="P17" s="4"/>
       <c r="Q17" s="4"/>
       <c r="R17" s="4"/>
       <c r="S17" s="4"/>
       <c r="T17" s="4"/>
       <c r="U17" s="4"/>
       <c r="V17" s="4"/>
       <c r="W17" s="4"/>
       <c r="X17" s="4"/>
       <c r="Y17" s="4"/>
@@ -4598,92 +3065,54 @@
       <c r="AH17" s="4"/>
       <c r="AI17" s="4"/>
       <c r="AJ17" s="4"/>
       <c r="AK17" s="4"/>
       <c r="AL17" s="4"/>
       <c r="AM17" s="4"/>
       <c r="AN17" s="4"/>
       <c r="AO17" s="4"/>
       <c r="AP17" s="4"/>
       <c r="AQ17" s="4"/>
       <c r="AR17" s="4"/>
       <c r="AS17" s="4"/>
       <c r="AT17" s="4"/>
       <c r="AU17" s="4"/>
       <c r="AV17" s="4"/>
       <c r="AW17" s="4"/>
       <c r="AX17" s="4"/>
       <c r="AY17" s="4"/>
       <c r="AZ17" s="4"/>
       <c r="BA17" s="4"/>
       <c r="BB17" s="4"/>
       <c r="BC17" s="4"/>
       <c r="BD17" s="4"/>
       <c r="BE17" s="4"/>
       <c r="BF17" s="4"/>
-      <c r="BG17" s="4"/>
-[...36 lines deleted...]
-      <c r="CR17" s="4"/>
     </row>
-    <row r="18" spans="1:96">
+    <row r="18" spans="1:58">
       <c r="A18" s="2" t="s">
-        <v>110</v>
+        <v>75</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="X18" s="2"/>
       <c r="Y18" s="2"/>
@@ -4698,214 +3127,738 @@
       <c r="AH18" s="2"/>
       <c r="AI18" s="2"/>
       <c r="AJ18" s="2"/>
       <c r="AK18" s="2"/>
       <c r="AL18" s="2"/>
       <c r="AM18" s="2"/>
       <c r="AN18" s="2"/>
       <c r="AO18" s="2"/>
       <c r="AP18" s="2"/>
       <c r="AQ18" s="2"/>
       <c r="AR18" s="2"/>
       <c r="AS18" s="2"/>
       <c r="AT18" s="2"/>
       <c r="AU18" s="2"/>
       <c r="AV18" s="2"/>
       <c r="AW18" s="2"/>
       <c r="AX18" s="2"/>
       <c r="AY18" s="2"/>
       <c r="AZ18" s="2"/>
       <c r="BA18" s="2"/>
       <c r="BB18" s="2"/>
       <c r="BC18" s="2"/>
       <c r="BD18" s="2"/>
       <c r="BE18" s="2"/>
       <c r="BF18" s="2"/>
-      <c r="BG18" s="2"/>
-[...36 lines deleted...]
-      <c r="CR18" s="2"/>
     </row>
-    <row r="19" spans="1:96">
-[...5 lines deleted...]
-      </c>
+    <row r="19" spans="1:58">
+      <c r="A19" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3"/>
+      <c r="Q19" s="3"/>
+      <c r="R19" s="3"/>
+      <c r="S19" s="3"/>
+      <c r="T19" s="3"/>
+      <c r="U19" s="3"/>
+      <c r="V19" s="3"/>
+      <c r="W19" s="3"/>
+      <c r="X19" s="3"/>
+      <c r="Y19" s="3"/>
+      <c r="Z19" s="3"/>
+      <c r="AA19" s="3"/>
+      <c r="AB19" s="3"/>
+      <c r="AC19" s="3"/>
+      <c r="AD19" s="3"/>
+      <c r="AE19" s="3"/>
+      <c r="AF19" s="3"/>
+      <c r="AG19" s="3"/>
+      <c r="AH19" s="3"/>
+      <c r="AI19" s="3"/>
+      <c r="AJ19" s="3"/>
+      <c r="AK19" s="3"/>
+      <c r="AL19" s="3"/>
+      <c r="AM19" s="3"/>
+      <c r="AN19" s="3"/>
+      <c r="AO19" s="3"/>
+      <c r="AP19" s="3"/>
+      <c r="AQ19" s="3"/>
+      <c r="AR19" s="3"/>
+      <c r="AS19" s="3"/>
+      <c r="AT19" s="3"/>
+      <c r="AU19" s="3"/>
+      <c r="AV19" s="3"/>
+      <c r="AW19" s="3"/>
+      <c r="AX19" s="3"/>
+      <c r="AY19" s="3"/>
+      <c r="AZ19" s="3"/>
+      <c r="BA19" s="3"/>
+      <c r="BB19" s="3"/>
+      <c r="BC19" s="3"/>
+      <c r="BD19" s="3"/>
+      <c r="BE19" s="3"/>
+      <c r="BF19" s="3"/>
     </row>
-    <row r="20" spans="1:96">
+    <row r="20" spans="1:58">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>73</v>
+      </c>
+      <c r="C20" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" t="s">
+        <v>73</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>73</v>
+      </c>
+      <c r="G20" t="s">
+        <v>60</v>
+      </c>
+      <c r="H20" t="s">
+        <v>73</v>
+      </c>
+      <c r="I20" t="s">
+        <v>73</v>
+      </c>
+      <c r="J20" t="s">
+        <v>73</v>
+      </c>
+      <c r="K20" t="s">
+        <v>73</v>
+      </c>
+      <c r="L20" t="s">
+        <v>73</v>
+      </c>
+      <c r="M20" t="s">
+        <v>73</v>
+      </c>
+      <c r="N20" t="s">
+        <v>73</v>
+      </c>
+      <c r="O20" t="s">
+        <v>73</v>
+      </c>
+      <c r="P20" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>73</v>
+      </c>
+      <c r="R20" t="s">
+        <v>73</v>
+      </c>
+      <c r="S20" t="s">
+        <v>73</v>
+      </c>
+      <c r="T20" t="s">
+        <v>73</v>
+      </c>
+      <c r="U20" t="s">
+        <v>73</v>
+      </c>
+      <c r="V20" t="s">
+        <v>73</v>
+      </c>
+      <c r="W20" t="s">
+        <v>73</v>
+      </c>
+      <c r="X20" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY20" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BB20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BC20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BD20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BE20" t="s">
+        <v>73</v>
+      </c>
+      <c r="BF20" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="22" spans="1:96">
-[...97 lines deleted...]
-      <c r="CR22" s="1"/>
+    <row r="21" spans="1:58">
+      <c r="A21" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" t="s">
+        <v>73</v>
+      </c>
+      <c r="D21" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" t="s">
+        <v>64</v>
+      </c>
+      <c r="H21" t="s">
+        <v>73</v>
+      </c>
+      <c r="I21" t="s">
+        <v>73</v>
+      </c>
+      <c r="J21" t="s">
+        <v>73</v>
+      </c>
+      <c r="K21" t="s">
+        <v>73</v>
+      </c>
+      <c r="L21" t="s">
+        <v>73</v>
+      </c>
+      <c r="M21" t="s">
+        <v>73</v>
+      </c>
+      <c r="N21" t="s">
+        <v>73</v>
+      </c>
+      <c r="O21" t="s">
+        <v>73</v>
+      </c>
+      <c r="P21" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>73</v>
+      </c>
+      <c r="R21" t="s">
+        <v>73</v>
+      </c>
+      <c r="S21" t="s">
+        <v>73</v>
+      </c>
+      <c r="T21" t="s">
+        <v>73</v>
+      </c>
+      <c r="U21" t="s">
+        <v>73</v>
+      </c>
+      <c r="V21" t="s">
+        <v>73</v>
+      </c>
+      <c r="W21" t="s">
+        <v>73</v>
+      </c>
+      <c r="X21" t="s">
+        <v>73</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>73</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AH21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AJ21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AK21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AL21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AM21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AN21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AS21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AT21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AU21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AV21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AW21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AX21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AY21" t="s">
+        <v>73</v>
+      </c>
+      <c r="AZ21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BA21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BB21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BC21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BD21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BE21" t="s">
+        <v>73</v>
+      </c>
+      <c r="BF21" t="s">
+        <v>73</v>
+      </c>
     </row>
-    <row r="23" spans="1:96">
-[...1 lines deleted...]
-        <v>115</v>
+    <row r="22" spans="1:58">
+      <c r="A22" s="4"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+      <c r="H22" s="4"/>
+      <c r="I22" s="4"/>
+      <c r="J22" s="4"/>
+      <c r="K22" s="4"/>
+      <c r="L22" s="4"/>
+      <c r="M22" s="4"/>
+      <c r="N22" s="4"/>
+      <c r="O22" s="4"/>
+      <c r="P22" s="4"/>
+      <c r="Q22" s="4"/>
+      <c r="R22" s="4"/>
+      <c r="S22" s="4"/>
+      <c r="T22" s="4"/>
+      <c r="U22" s="4"/>
+      <c r="V22" s="4"/>
+      <c r="W22" s="4"/>
+      <c r="X22" s="4"/>
+      <c r="Y22" s="4"/>
+      <c r="Z22" s="4"/>
+      <c r="AA22" s="4"/>
+      <c r="AB22" s="4"/>
+      <c r="AC22" s="4"/>
+      <c r="AD22" s="4"/>
+      <c r="AE22" s="4"/>
+      <c r="AF22" s="4"/>
+      <c r="AG22" s="4"/>
+      <c r="AH22" s="4"/>
+      <c r="AI22" s="4"/>
+      <c r="AJ22" s="4"/>
+      <c r="AK22" s="4"/>
+      <c r="AL22" s="4"/>
+      <c r="AM22" s="4"/>
+      <c r="AN22" s="4"/>
+      <c r="AO22" s="4"/>
+      <c r="AP22" s="4"/>
+      <c r="AQ22" s="4"/>
+      <c r="AR22" s="4"/>
+      <c r="AS22" s="4"/>
+      <c r="AT22" s="4"/>
+      <c r="AU22" s="4"/>
+      <c r="AV22" s="4"/>
+      <c r="AW22" s="4"/>
+      <c r="AX22" s="4"/>
+      <c r="AY22" s="4"/>
+      <c r="AZ22" s="4"/>
+      <c r="BA22" s="4"/>
+      <c r="BB22" s="4"/>
+      <c r="BC22" s="4"/>
+      <c r="BD22" s="4"/>
+      <c r="BE22" s="4"/>
+      <c r="BF22" s="4"/>
+    </row>
+    <row r="23" spans="1:58">
+      <c r="A23" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
+      <c r="J23" s="2"/>
+      <c r="K23" s="2"/>
+      <c r="L23" s="2"/>
+      <c r="M23" s="2"/>
+      <c r="N23" s="2"/>
+      <c r="O23" s="2"/>
+      <c r="P23" s="2"/>
+      <c r="Q23" s="2"/>
+      <c r="R23" s="2"/>
+      <c r="S23" s="2"/>
+      <c r="T23" s="2"/>
+      <c r="U23" s="2"/>
+      <c r="V23" s="2"/>
+      <c r="W23" s="2"/>
+      <c r="X23" s="2"/>
+      <c r="Y23" s="2"/>
+      <c r="Z23" s="2"/>
+      <c r="AA23" s="2"/>
+      <c r="AB23" s="2"/>
+      <c r="AC23" s="2"/>
+      <c r="AD23" s="2"/>
+      <c r="AE23" s="2"/>
+      <c r="AF23" s="2"/>
+      <c r="AG23" s="2"/>
+      <c r="AH23" s="2"/>
+      <c r="AI23" s="2"/>
+      <c r="AJ23" s="2"/>
+      <c r="AK23" s="2"/>
+      <c r="AL23" s="2"/>
+      <c r="AM23" s="2"/>
+      <c r="AN23" s="2"/>
+      <c r="AO23" s="2"/>
+      <c r="AP23" s="2"/>
+      <c r="AQ23" s="2"/>
+      <c r="AR23" s="2"/>
+      <c r="AS23" s="2"/>
+      <c r="AT23" s="2"/>
+      <c r="AU23" s="2"/>
+      <c r="AV23" s="2"/>
+      <c r="AW23" s="2"/>
+      <c r="AX23" s="2"/>
+      <c r="AY23" s="2"/>
+      <c r="AZ23" s="2"/>
+      <c r="BA23" s="2"/>
+      <c r="BB23" s="2"/>
+      <c r="BC23" s="2"/>
+      <c r="BD23" s="2"/>
+      <c r="BE23" s="2"/>
+      <c r="BF23" s="2"/>
+    </row>
+    <row r="24" spans="1:58">
+      <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="25" spans="1:58">
+      <c r="A25" t="s">
+        <v>80</v>
+      </c>
+      <c r="B25" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="26" spans="1:58">
+      <c r="A26" t="s">
+        <v>81</v>
+      </c>
+      <c r="B26" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="27" spans="1:58">
+      <c r="A27" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="28" spans="1:58">
+      <c r="A28" t="s">
+        <v>85</v>
+      </c>
+      <c r="B28" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="29" spans="1:58">
+      <c r="A29" t="s">
+        <v>87</v>
+      </c>
+      <c r="B29" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="30" spans="1:58">
+      <c r="A30" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="31" spans="1:58">
+      <c r="A31" t="s">
+        <v>91</v>
+      </c>
+      <c r="B31" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="32" spans="1:58">
+      <c r="A32" t="s">
+        <v>93</v>
+      </c>
+      <c r="B32" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="33" spans="1:58">
+      <c r="A33" t="s">
+        <v>95</v>
+      </c>
+      <c r="B33" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="35" spans="1:58">
+      <c r="A35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+      <c r="M35" s="1"/>
+      <c r="N35" s="1"/>
+      <c r="O35" s="1"/>
+      <c r="P35" s="1"/>
+      <c r="Q35" s="1"/>
+      <c r="R35" s="1"/>
+      <c r="S35" s="1"/>
+      <c r="T35" s="1"/>
+      <c r="U35" s="1"/>
+      <c r="V35" s="1"/>
+      <c r="W35" s="1"/>
+      <c r="X35" s="1"/>
+      <c r="Y35" s="1"/>
+      <c r="Z35" s="1"/>
+      <c r="AA35" s="1"/>
+      <c r="AB35" s="1"/>
+      <c r="AC35" s="1"/>
+      <c r="AD35" s="1"/>
+      <c r="AE35" s="1"/>
+      <c r="AF35" s="1"/>
+      <c r="AG35" s="1"/>
+      <c r="AH35" s="1"/>
+      <c r="AI35" s="1"/>
+      <c r="AJ35" s="1"/>
+      <c r="AK35" s="1"/>
+      <c r="AL35" s="1"/>
+      <c r="AM35" s="1"/>
+      <c r="AN35" s="1"/>
+      <c r="AO35" s="1"/>
+      <c r="AP35" s="1"/>
+      <c r="AQ35" s="1"/>
+      <c r="AR35" s="1"/>
+      <c r="AS35" s="1"/>
+      <c r="AT35" s="1"/>
+      <c r="AU35" s="1"/>
+      <c r="AV35" s="1"/>
+      <c r="AW35" s="1"/>
+      <c r="AX35" s="1"/>
+      <c r="AY35" s="1"/>
+      <c r="AZ35" s="1"/>
+      <c r="BA35" s="1"/>
+      <c r="BB35" s="1"/>
+      <c r="BC35" s="1"/>
+      <c r="BD35" s="1"/>
+      <c r="BE35" s="1"/>
+      <c r="BF35" s="1"/>
+    </row>
+    <row r="36" spans="1:58">
+      <c r="A36" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A23:CR23"/>
+    <mergeCell ref="A36:BF36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>