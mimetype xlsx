--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -12,189 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41610-kamchatka-na-maksim..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
-[...137 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
     <t>01.04.2026</t>
   </si>
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>05.04.2026</t>
   </si>
   <si>
     <t>06.04.2026</t>
   </si>
   <si>
     <t>07.04.2026</t>
   </si>
   <si>
@@ -230,129 +92,114 @@
   <si>
     <t>110000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Гостевой дом «Стандарт», «Глазастик», «Forest»)</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>85000 RUB</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>2х-местный (Apart Lodge)</t>
   </si>
   <si>
     <t>100000 RUB</t>
   </si>
   <si>
     <t>140000 RUB</t>
   </si>
   <si>
-    <t>Гостевой дом «Gray house»</t>
-[...13 lines deleted...]
-  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Доп. ночь 2х-местный (Форест)</t>
   </si>
   <si>
     <t>10400 RUB</t>
   </si>
   <si>
     <t>доп ночи в категории "глазастик"</t>
   </si>
   <si>
     <t>Доп.ночь 2х местный номер в корпусе "Голубое озеро"</t>
   </si>
   <si>
     <t>7500 RUB</t>
   </si>
   <si>
     <t>Крабовый пикник</t>
   </si>
   <si>
     <t>2500 RUB</t>
   </si>
   <si>
     <t>Страхование «Активный отдых»</t>
   </si>
   <si>
-    <t>1400 RUB</t>
+    <t>200 RUB</t>
   </si>
   <si>
     <t>полис страхования "Активный отдых + отмена поездки", Альфастрахование</t>
   </si>
   <si>
     <t>6400 RUB</t>
   </si>
   <si>
     <t>Банный набор (Халат, тапочки, полотенце)</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Трансфер к горнолыжной базе туда-обратно-туда, цена за человека</t>
   </si>
   <si>
     <t>2000 RUB</t>
   </si>
   <si>
     <t>термальные источники Зеленовские озерки</t>
   </si>
   <si>
     <t>9000 RUB</t>
   </si>
   <si>
     <t>Замена сборного трансфера из (в) аэропорт на индивидуальный, цена за авто</t>
   </si>
   <si>
     <t>3000 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 14.02.2026 04:58, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 31.03.2026 06:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -694,3171 +541,649 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BF36"/>
+  <dimension ref="A1:L29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A35" sqref="A35:BF35"/>
+      <selection activeCell="A28" sqref="A28:L28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...44 lines deleted...]
-    <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:58">
+    <row r="1" spans="1:12">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="M1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:12">
+      <c r="A2" s="2" t="s">
         <v>11</v>
-      </c>
-[...138 lines deleted...]
-        <v>57</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
-      <c r="M2" s="2"/>
-[...46 lines deleted...]
-    <row r="3" spans="1:58">
+    </row>
+    <row r="3" spans="1:12">
       <c r="A3" s="3" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
-      <c r="M3" s="3"/>
-[...46 lines deleted...]
-    <row r="4" spans="1:58">
+    </row>
+    <row r="4" spans="1:12">
       <c r="A4" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="C4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="I4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="J4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="K4" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="L4" t="s">
-        <v>60</v>
-[...140 lines deleted...]
-    <row r="5" spans="1:58">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="F5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="H5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="I5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="J5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="K5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="L5" t="s">
-        <v>62</v>
-[...140 lines deleted...]
-    <row r="6" spans="1:58">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
-[...140 lines deleted...]
-    <row r="7" spans="1:58">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12">
       <c r="A7" s="3" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
-      <c r="M7" s="3"/>
-[...46 lines deleted...]
-    <row r="8" spans="1:58">
+    </row>
+    <row r="8" spans="1:12">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="H8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="L8" t="s">
-        <v>66</v>
-[...140 lines deleted...]
-    <row r="9" spans="1:58">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="C9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="F9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="H9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="I9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="J9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K9" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
-[...140 lines deleted...]
-    <row r="10" spans="1:58">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="C10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="H10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="I10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="J10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K10" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="L10" t="s">
-        <v>68</v>
-[...140 lines deleted...]
-    <row r="11" spans="1:58">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12">
       <c r="A11" s="3" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
-      <c r="M11" s="3"/>
-[...46 lines deleted...]
-    <row r="12" spans="1:58">
+    </row>
+    <row r="12" spans="1:12">
       <c r="A12" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="F12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="H12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="J12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>70</v>
-[...140 lines deleted...]
-    <row r="13" spans="1:58">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="D13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="H13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="I13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="J13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="L13" t="s">
-        <v>66</v>
-[...140 lines deleted...]
-    <row r="14" spans="1:58">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="F14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="G14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="H14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="I14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="J14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="K14" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="L14" t="s">
-        <v>71</v>
-[...562 lines deleted...]
-    <row r="20" spans="1:58">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+    </row>
+    <row r="16" spans="1:12">
+      <c r="A16" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+      <c r="K16" s="2"/>
+      <c r="L16" s="2"/>
+    </row>
+    <row r="17" spans="1:12">
+      <c r="A17" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12">
+      <c r="A18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12">
+      <c r="A19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
-[...170 lines deleted...]
-    <row r="21" spans="1:58">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12">
       <c r="A21" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
-[...292 lines deleted...]
-    <row r="24" spans="1:58">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12">
+      <c r="A22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B22" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12">
+      <c r="A23" t="s">
+        <v>38</v>
+      </c>
+      <c r="B23" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12">
       <c r="A24" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
       <c r="B24" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:58">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12">
       <c r="A25" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="B25" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:58">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12">
       <c r="A26" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
-[...18 lines deleted...]
-    <row r="29" spans="1:58">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12">
+      <c r="A28" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+    </row>
+    <row r="29" spans="1:12">
       <c r="A29" t="s">
-        <v>87</v>
-[...101 lines deleted...]
-        <v>98</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A36:BF36"/>
+    <mergeCell ref="A29:L29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>