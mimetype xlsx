--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -12,131 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="42544-novogodnie-priklyuc..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>01.01.2026</t>
   </si>
   <si>
     <t>02.01.2026</t>
   </si>
   <si>
     <t>03.01.2026</t>
   </si>
   <si>
     <t>04.01.2026</t>
   </si>
   <si>
     <t>05.01.2026</t>
   </si>
   <si>
     <t>Лагуна</t>
   </si>
   <si>
     <t>Гостевой дом «Forest»</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>150000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>90000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>210000 RUB</t>
   </si>
   <si>
     <t>Гостевой дом «Стандарт»</t>
   </si>
   <si>
     <t>120000 RUB</t>
   </si>
   <si>
     <t>180000 RUB</t>
   </si>
   <si>
+    <t>Гостевой дом «Глазастик»</t>
+  </si>
+  <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>Новогодний банкет 31.12</t>
   </si>
   <si>
     <t>18000 RUB</t>
   </si>
   <si>
     <t>Камчатский welcom сэт</t>
   </si>
   <si>
     <t>7000 RUB</t>
   </si>
   <si>
     <t>Халактырский пляж</t>
   </si>
   <si>
     <t>15000 RUB</t>
   </si>
   <si>
     <t>Страхование «Активный отдых»</t>
   </si>
   <si>
-    <t>200 RUB</t>
+    <t>1400 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 18.10.2025 22:21, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 06.12.2025 08:50, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -478,54 +481,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F19"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:F18"/>
+      <selection activeCell="A22" sqref="A22:F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
@@ -663,118 +666,188 @@
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
         <v>15</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="4"/>
-[...4 lines deleted...]
-      <c r="F11" s="4"/>
+      <c r="A11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="2" t="s">
-[...6 lines deleted...]
-      <c r="F12" s="2"/>
+      <c r="A12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B13" t="s">
-        <v>18</v>
+        <v>10</v>
+      </c>
+      <c r="C13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="4"/>
+      <c r="B15" s="4"/>
+      <c r="C15" s="4"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="4"/>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
         <v>19</v>
       </c>
-      <c r="B14" t="s">
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="B18" t="s">
         <v>21</v>
       </c>
-      <c r="B15" t="s">
-[...19 lines deleted...]
-      <c r="F18" s="1"/>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="1" t="s">
         <v>26</v>
+      </c>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1"/>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:F19"/>
+    <mergeCell ref="A23:F23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>