--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -32,60 +32,60 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>30.06.2026</t>
   </si>
   <si>
     <t>28.07.2026</t>
   </si>
   <si>
     <t>08.09.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура</t>
   </si>
   <si>
     <t>Двухместное размещение</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>106450 RUB</t>
+    <t>108900 RUB</t>
   </si>
   <si>
     <t>99200 RUB</t>
   </si>
   <si>
     <t>Примечание</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 15.01.2026 22:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
+    <t>Информация актуальная на дату получения прайс-листа 02.03.2026 05:20, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -471,51 +471,51 @@
         <v>3</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>7</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A7:D7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>